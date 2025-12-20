--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -1,66 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="application/xml" Extension="xml"/>
-[...10 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\walje\Downloads\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FA392F18-C88C-44AC-8070-C269AE6B283B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <bookViews>
+    <workbookView xWindow="30612" yWindow="1464" windowWidth="30936" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+  </bookViews>
   <sheets>
-    <sheet state="visible" name="Matchvärdar Sekschema" sheetId="1" r:id="rId4"/>
-    <sheet state="visible" name="Spelschema" sheetId="2" r:id="rId5"/>
+    <sheet name="Matchvärdar Sekschema" sheetId="1" r:id="rId1"/>
+    <sheet name="Spelschema" sheetId="2" r:id="rId2"/>
   </sheets>
-  <definedNames/>
-  <calcPr/>
+  <calcPr calcId="0"/>
   <extLst>
     <ext uri="GoogleSheetsCustomDataVersion2">
-      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId6" roundtripDataChecksum="wyzQPbzQ3WvI5etWn2Ke7Gz8thcy0YHs7JJpErJ29Eo="/>
+      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId6" roundtripDataChecksum="xlUG09VgK8uxTWq2J2i67JSlDrFBAdT2mkzM4y6TzCM="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="116">
   <si>
     <t>Arbetsschema hemmamatcher säsong 2025-2026</t>
   </si>
   <si>
     <t>Arbetsuppgifter matchvärdar;</t>
   </si>
   <si>
     <t>Vad som ingår i arbetsuppgifter för matchvärdar finns specificerat i dokument på laget.se under "Hemmamatch"</t>
   </si>
   <si>
     <t>Sargvakter, inkl. uppsättning och nedplock av sarg, stolar och matta (4 vuxna + barn)</t>
   </si>
   <si>
     <t>Fik - bakning och bemaning (3st)</t>
   </si>
   <si>
     <t>Livesändning av match (1st)</t>
   </si>
   <si>
     <t>Grov städ av läkare och korridorer (alla)</t>
   </si>
   <si>
     <t>Herrmatch</t>
   </si>
   <si>
@@ -132,201 +140,213 @@
   <si>
     <t>F11-13</t>
   </si>
   <si>
     <t>Jenny</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  </t>
   </si>
   <si>
     <t>Marie</t>
   </si>
   <si>
     <t>Kerstin Berith</t>
   </si>
   <si>
     <t>2025-10-24</t>
   </si>
   <si>
     <t>18.00 - 22.00</t>
   </si>
   <si>
     <t>19:30</t>
   </si>
   <si>
+    <t>Torvalla</t>
+  </si>
+  <si>
+    <t>HJ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carina </t>
+  </si>
+  <si>
+    <t>2025-11-02</t>
+  </si>
+  <si>
+    <t>13.30 - 17.30</t>
+  </si>
+  <si>
+    <t>15:00</t>
+  </si>
+  <si>
+    <t>P14</t>
+  </si>
+  <si>
+    <t>Mattias</t>
+  </si>
+  <si>
+    <t>Veronica</t>
+  </si>
+  <si>
+    <t>Maria</t>
+  </si>
+  <si>
+    <t>Carina/Peter</t>
+  </si>
+  <si>
+    <t>2025-11-15</t>
+  </si>
+  <si>
+    <t>11.30 - 18.00 JIB dagen</t>
+  </si>
+  <si>
+    <t>13:00/15:30</t>
+  </si>
+  <si>
+    <t>P11-13</t>
+  </si>
+  <si>
+    <t>Maria/Veronica</t>
+  </si>
+  <si>
+    <t>Johan E</t>
+  </si>
+  <si>
+    <t>-- Fri entre</t>
+  </si>
+  <si>
+    <t>2025-11-16</t>
+  </si>
+  <si>
+    <t>13.30 - 17.00</t>
+  </si>
+  <si>
+    <t>F15-18</t>
+  </si>
+  <si>
+    <t>Malin F</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2025-12-13</t>
+  </si>
+  <si>
+    <t>11.30 - 15.00</t>
+  </si>
+  <si>
+    <t>13:00</t>
+  </si>
+  <si>
+    <t>2026-01-10</t>
+  </si>
+  <si>
+    <t>11.30 - 15.30</t>
+  </si>
+  <si>
+    <t>P16</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>P17-18</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>10.30 - 14.00</t>
+  </si>
+  <si>
+    <t>2026-02-15</t>
+  </si>
+  <si>
+    <t>F18-19</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
+  </si>
+  <si>
+    <t>14.00 - 17.00</t>
+  </si>
+  <si>
+    <t>MatchNr</t>
+  </si>
+  <si>
+    <t>Tävling</t>
+  </si>
+  <si>
+    <t>Tid</t>
+  </si>
+  <si>
+    <t>Hemmalag</t>
+  </si>
+  <si>
+    <t>Bortalag</t>
+  </si>
+  <si>
+    <t>Anläggning</t>
+  </si>
+  <si>
+    <t>241202002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Herrar Division 2 Mittsverige </t>
+  </si>
+  <si>
+    <t>Jemtland Innebandy</t>
+  </si>
+  <si>
+    <t>Sundsvall City IBC U</t>
+  </si>
+  <si>
+    <t>242201008</t>
+  </si>
+  <si>
+    <t>Damer Division 1 Mittsverige</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jemtland Innebandy </t>
+  </si>
+  <si>
+    <t>Gullänget-Kroksta IBS</t>
+  </si>
+  <si>
+    <t>241202016</t>
+  </si>
+  <si>
+    <t>Krokoms IBK Kib herrar</t>
+  </si>
+  <si>
     <t xml:space="preserve">Torvallaskolans sporthall </t>
-  </si>
-[...148 lines deleted...]
-    <t>Krokoms IBK Kib herrar</t>
   </si>
   <si>
     <t>241202012</t>
   </si>
   <si>
     <t>Sundsvall FBC Ungdom</t>
   </si>
   <si>
     <t>242201020</t>
   </si>
   <si>
     <t>Timrå IBC</t>
   </si>
   <si>
     <t>241202022</t>
   </si>
   <si>
     <t>15:30</t>
   </si>
   <si>
     <t>Klockarbergets BK</t>
   </si>
   <si>
     <t>242201028</t>
   </si>
@@ -357,637 +377,844 @@
   <si>
     <t>241202053</t>
   </si>
   <si>
     <t xml:space="preserve">Moälvens IBK Ungdom </t>
   </si>
   <si>
     <t>242201052</t>
   </si>
   <si>
     <t>Östersund IBK Damer</t>
   </si>
   <si>
     <t>242201060</t>
   </si>
   <si>
     <t>Sundsvalls IBF D1/JAS</t>
   </si>
   <si>
     <t>242201068</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-  <fonts count="16">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
+  </numFmts>
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
-      <sz val="11.0"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
-      <sz val="14.0"/>
+      <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <u/>
-      <sz val="11.0"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <u/>
-      <sz val="11.0"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <sz val="11.0"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
-      <sz val="11.0"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <sz val="10.0"/>
+      <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <u/>
-      <sz val="11.0"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <sz val="12.0"/>
+      <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
-      <sz val="12.0"/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
-      <sz val="12.0"/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <sz val="11.0"/>
+      <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
-      <sz val="11.0"/>
+      <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
-      <sz val="11.0"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
-      <sz val="10.0"/>
-[...3 lines deleted...]
-    <font>
       <b/>
-      <sz val="10.0"/>
+      <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="lightGray"/>
+      <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCCE6FC"/>
         <bgColor rgb="FFCCE6FC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF6D6E2"/>
         <bgColor rgb="FFF6D6E2"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD4E6B1"/>
         <bgColor rgb="FFD4E6B1"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFAFDEFB"/>
         <bgColor rgb="FFAFDEFB"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="21">
-    <border/>
+  <borders count="31">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
+      <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
+      <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
-      <bottom style="medium">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
-      <bottom style="medium">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
-      <bottom style="medium">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFD3D3D3"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFD3D3D3"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FFD3D3D3"/>
+      </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD3D3D3"/>
       </left>
       <right style="thin">
         <color rgb="FFD3D3D3"/>
       </right>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD3D3D3"/>
       </left>
       <right style="thin">
         <color rgb="FFD3D3D3"/>
       </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
-    <xf borderId="0" fillId="0" fontId="0" numFmtId="0" applyAlignment="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="68">
-[...5 lines deleted...]
-    <xf borderId="0" fillId="0" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+  <cellXfs count="81">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="4" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="5" numFmtId="0" xfId="0" applyFont="1"/>
-    <xf borderId="0" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="7" numFmtId="0" xfId="0" applyFont="1"/>
-[...9 lines deleted...]
-    <xf borderId="0" fillId="0" fontId="9" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="10" numFmtId="0" xfId="0" applyFont="1"/>
-[...3 lines deleted...]
-    <xf borderId="3" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="3" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-[...2 lines deleted...]
-    <xf borderId="4" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="2" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="5" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="6" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="7" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="8" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
-[...108 lines deleted...]
-    <xf borderId="0" fillId="0" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf borderId="19" fillId="0" fontId="14" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-[...16 lines deleted...]
-      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="3" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="13" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle xfId="0" name="Normal" builtinId="0"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/></Relationships>
-[...7 lines deleted...]
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheets">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="00005A"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="95C23D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="D43372"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="058470"/>
@@ -1133,4916 +1360,4934 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-[...2 lines deleted...]
-  </sheetPr>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:K995"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.0"/>
+  <sheetFormatPr defaultColWidth="12.59765625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col customWidth="1" min="2" max="2" width="22.13"/>
-[...7 lines deleted...]
-    <col customWidth="1" min="11" max="26" width="8.63"/>
+    <col min="2" max="2" width="22.09765625" customWidth="1"/>
+    <col min="3" max="3" width="14.5" customWidth="1"/>
+    <col min="4" max="4" width="15.09765625" customWidth="1"/>
+    <col min="5" max="5" width="19.69921875" customWidth="1"/>
+    <col min="6" max="6" width="13.09765625" customWidth="1"/>
+    <col min="7" max="7" width="14.3984375" customWidth="1"/>
+    <col min="8" max="9" width="16.19921875" customWidth="1"/>
+    <col min="10" max="10" width="23.3984375" customWidth="1"/>
+    <col min="11" max="26" width="8.59765625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="14.25" customHeight="1">
+    <row r="1" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="2"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
     </row>
-    <row r="2" ht="14.25" customHeight="1">
+    <row r="2" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="5"/>
       <c r="C2" s="6"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
-    <row r="3" ht="14.25" customHeight="1">
+    <row r="3" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4"/>
       <c r="E3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
     </row>
-    <row r="4" ht="14.25" customHeight="1">
+    <row r="4" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="6"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
     </row>
-    <row r="5" ht="14.25" customHeight="1">
+    <row r="5" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="6"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
     </row>
-    <row r="6" ht="14.25" customHeight="1">
+    <row r="6" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="6"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
     </row>
-    <row r="7" ht="14.25" customHeight="1">
+    <row r="7" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="6"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
     </row>
-    <row r="8" ht="14.25" customHeight="1">
+    <row r="8" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C8" s="6"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
     </row>
-    <row r="9" ht="14.25" customHeight="1">
+    <row r="9" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="10" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="11"/>
       <c r="F9" s="11"/>
       <c r="G9" s="11"/>
       <c r="H9" s="11"/>
       <c r="I9" s="11"/>
       <c r="J9" s="12"/>
       <c r="K9" s="5"/>
     </row>
-    <row r="10" ht="14.25" customHeight="1">
+    <row r="10" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13"/>
       <c r="B10" s="13"/>
       <c r="C10" s="11"/>
       <c r="D10" s="13"/>
       <c r="E10" s="11"/>
       <c r="F10" s="11"/>
       <c r="G10" s="11"/>
       <c r="H10" s="11"/>
       <c r="I10" s="11"/>
       <c r="J10" s="12"/>
       <c r="K10" s="5"/>
     </row>
-    <row r="11" ht="14.25" customHeight="1">
+    <row r="11" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="14" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="15" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="16" t="s">
         <v>12</v>
       </c>
       <c r="D11" s="17" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="18" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="19" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="18" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="20" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="21" t="s">
         <v>18</v>
       </c>
       <c r="J11" s="22" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="5"/>
     </row>
-    <row r="12" ht="14.25" customHeight="1">
+    <row r="12" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="23" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="24" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="24" t="s">
         <v>22</v>
       </c>
       <c r="D12" s="24" t="s">
         <v>23</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>24</v>
       </c>
       <c r="F12" s="26" t="s">
         <v>25</v>
       </c>
       <c r="G12" s="27" t="s">
         <v>26</v>
       </c>
       <c r="H12" s="27" t="s">
         <v>27</v>
       </c>
       <c r="I12" s="27"/>
       <c r="J12" s="28" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="5"/>
     </row>
-    <row r="13" ht="14.25" customHeight="1">
+    <row r="13" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="29" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="30" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="30" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="30" t="s">
         <v>23</v>
       </c>
       <c r="E13" s="31" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="32" t="s">
         <v>31</v>
       </c>
       <c r="G13" s="33" t="s">
         <v>32</v>
       </c>
       <c r="H13" s="33" t="s">
         <v>33</v>
       </c>
       <c r="I13" s="30"/>
       <c r="J13" s="34" t="s">
         <v>34</v>
       </c>
       <c r="K13" s="5"/>
     </row>
-    <row r="14" ht="14.25" customHeight="1">
+    <row r="14" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="35" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="36" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="36" t="s">
         <v>37</v>
       </c>
-      <c r="D14" s="36" t="s">
+      <c r="D14" s="37" t="s">
         <v>38</v>
       </c>
-      <c r="E14" s="37" t="s">
+      <c r="E14" s="38" t="s">
         <v>39</v>
       </c>
-      <c r="F14" s="38" t="s">
+      <c r="F14" s="39" t="s">
         <v>31</v>
       </c>
-      <c r="G14" s="39" t="s">
+      <c r="G14" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="H14" s="39" t="s">
+      <c r="H14" s="37" t="s">
         <v>27</v>
       </c>
       <c r="I14" s="36"/>
-      <c r="J14" s="40"/>
+      <c r="J14" s="40" t="s">
+        <v>40</v>
+      </c>
       <c r="K14" s="5"/>
     </row>
-    <row r="15" ht="14.25" customHeight="1">
+    <row r="15" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="35" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B15" s="36" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C15" s="36" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D15" s="36" t="s">
         <v>23</v>
       </c>
-      <c r="E15" s="37" t="s">
-[...2 lines deleted...]
-      <c r="F15" s="38" t="s">
+      <c r="E15" s="38" t="s">
         <v>44</v>
       </c>
-      <c r="G15" s="39" t="s">
+      <c r="F15" s="39" t="s">
         <v>45</v>
       </c>
-      <c r="H15" s="39" t="s">
-        <v>33</v>
+      <c r="G15" s="37" t="s">
+        <v>46</v>
+      </c>
+      <c r="H15" s="37" t="s">
+        <v>47</v>
       </c>
       <c r="I15" s="36"/>
-      <c r="J15" s="40"/>
-[...1 lines deleted...]
-    <row r="16" ht="14.25" customHeight="1">
+      <c r="J15" s="40" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="41" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B16" s="42" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C16" s="43" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D16" s="43" t="s">
         <v>23</v>
       </c>
       <c r="E16" s="44" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F16" s="45" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G16" s="46" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="H16" s="46" t="s">
         <v>33</v>
       </c>
       <c r="I16" s="46" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="J16" s="47" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="K16" s="5"/>
     </row>
-    <row r="17" ht="14.25" customHeight="1">
+    <row r="17" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="29" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B17" s="30" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C17" s="30" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D17" s="30" t="s">
         <v>23</v>
       </c>
       <c r="E17" s="48" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="F17" s="32"/>
+        <v>58</v>
+      </c>
+      <c r="F17" s="32" t="s">
+        <v>31</v>
+      </c>
       <c r="G17" s="33" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H17" s="33" t="s">
         <v>33</v>
       </c>
       <c r="I17" s="30"/>
-      <c r="J17" s="49"/>
+      <c r="J17" s="34" t="s">
+        <v>60</v>
+      </c>
       <c r="K17" s="5"/>
     </row>
-    <row r="18" ht="14.25" customHeight="1">
+    <row r="18" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="35" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B18" s="36" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="36" t="s">
         <v>37</v>
       </c>
-      <c r="D18" s="36" t="s">
+      <c r="D18" s="37" t="s">
         <v>38</v>
       </c>
-      <c r="E18" s="37" t="s">
+      <c r="E18" s="38" t="s">
         <v>24</v>
       </c>
-      <c r="F18" s="38" t="s">
-[...2 lines deleted...]
-      <c r="G18" s="39" t="s">
+      <c r="F18" s="39" t="s">
         <v>45</v>
       </c>
-      <c r="H18" s="39" t="s">
-        <v>58</v>
+      <c r="G18" s="37" t="s">
+        <v>46</v>
+      </c>
+      <c r="H18" s="37" t="s">
+        <v>47</v>
       </c>
       <c r="I18" s="36"/>
       <c r="J18" s="40"/>
       <c r="K18" s="5"/>
     </row>
-    <row r="19" ht="14.25" customHeight="1">
-[...9 lines deleted...]
-      <c r="D19" s="30" t="s">
+    <row r="19" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="49" t="s">
+        <v>62</v>
+      </c>
+      <c r="B19" s="50" t="s">
+        <v>63</v>
+      </c>
+      <c r="C19" s="50" t="s">
+        <v>64</v>
+      </c>
+      <c r="D19" s="50" t="s">
         <v>23</v>
       </c>
-      <c r="E19" s="31" t="s">
-[...5 lines deleted...]
-      <c r="G19" s="33" t="s">
+      <c r="E19" s="51" t="s">
+        <v>44</v>
+      </c>
+      <c r="F19" s="52" t="s">
+        <v>45</v>
+      </c>
+      <c r="G19" s="53" t="s">
         <v>32</v>
       </c>
-      <c r="H19" s="33" t="s">
+      <c r="H19" s="53" t="s">
         <v>33</v>
       </c>
-      <c r="I19" s="30"/>
-[...33 lines deleted...]
-      <c r="B21" s="24" t="s">
+      <c r="I19" s="50"/>
+      <c r="J19" s="54"/>
+    </row>
+    <row r="20" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="B20" s="56" t="s">
+        <v>66</v>
+      </c>
+      <c r="C20" s="56" t="s">
         <v>64</v>
       </c>
-      <c r="C21" s="24" t="s">
-[...2 lines deleted...]
-      <c r="D21" s="24" t="s">
+      <c r="D20" s="56" t="s">
         <v>23</v>
       </c>
-      <c r="E21" s="25" t="s">
-[...10 lines deleted...]
-      <c r="A22" s="35" t="s">
+      <c r="E20" s="57" t="s">
+        <v>67</v>
+      </c>
+      <c r="F20" s="55"/>
+      <c r="G20" s="58"/>
+      <c r="H20" s="56"/>
+      <c r="I20" s="56"/>
+      <c r="J20" s="59"/>
+      <c r="K20" s="5"/>
+    </row>
+    <row r="21" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="35" t="s">
+        <v>68</v>
+      </c>
+      <c r="B21" s="36" t="s">
         <v>66</v>
       </c>
-      <c r="B22" s="36" t="s">
+      <c r="C21" s="36" t="s">
         <v>64</v>
       </c>
-      <c r="C22" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D22" s="36" t="s">
+      <c r="D21" s="36" t="s">
         <v>23</v>
       </c>
-      <c r="E22" s="37" t="s">
-[...8 lines deleted...]
-    <row r="23" ht="14.25" customHeight="1">
+      <c r="E21" s="60" t="s">
+        <v>69</v>
+      </c>
+      <c r="F21" s="35"/>
+      <c r="G21" s="36"/>
+      <c r="H21" s="36"/>
+      <c r="I21" s="36"/>
+      <c r="J21" s="61"/>
+    </row>
+    <row r="22" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="29" t="s">
+        <v>70</v>
+      </c>
+      <c r="B22" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="C22" s="30" t="s">
+        <v>22</v>
+      </c>
+      <c r="D22" s="30" t="s">
+        <v>23</v>
+      </c>
+      <c r="E22" s="62" t="s">
+        <v>39</v>
+      </c>
+      <c r="F22" s="29"/>
+      <c r="G22" s="30"/>
+      <c r="H22" s="30"/>
+      <c r="I22" s="30"/>
+      <c r="J22" s="63"/>
+    </row>
+    <row r="23" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="29" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B23" s="30" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C23" s="30" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="30" t="s">
         <v>23</v>
       </c>
-      <c r="E23" s="31" t="s">
-        <v>39</v>
+      <c r="E23" s="62" t="s">
+        <v>73</v>
       </c>
       <c r="F23" s="29"/>
       <c r="G23" s="30"/>
       <c r="H23" s="30"/>
       <c r="I23" s="30"/>
-      <c r="J23" s="49"/>
-[...1 lines deleted...]
-    <row r="24" ht="14.25" customHeight="1">
+      <c r="J23" s="63"/>
+    </row>
+    <row r="24" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="29" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B24" s="30" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C24" s="30" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="30" t="s">
         <v>23</v>
       </c>
-      <c r="E24" s="31" t="s">
-        <v>71</v>
+      <c r="E24" s="62" t="s">
+        <v>24</v>
       </c>
       <c r="F24" s="29"/>
       <c r="G24" s="30"/>
       <c r="H24" s="30"/>
       <c r="I24" s="30"/>
-      <c r="J24" s="49"/>
-[...2964 lines deleted...]
-      <c r="E996" s="60"/>
+      <c r="J24" s="63"/>
+    </row>
+    <row r="25" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="64">
+        <v>46088</v>
+      </c>
+      <c r="B25" s="65" t="s">
+        <v>75</v>
+      </c>
+      <c r="C25" s="66" t="s">
+        <v>43</v>
+      </c>
+      <c r="D25" s="65" t="s">
+        <v>38</v>
+      </c>
+      <c r="E25" s="67" t="s">
+        <v>30</v>
+      </c>
+      <c r="F25" s="68"/>
+      <c r="G25" s="65"/>
+      <c r="H25" s="65"/>
+      <c r="I25" s="66"/>
+      <c r="J25" s="69"/>
+      <c r="K25" s="70"/>
+    </row>
+    <row r="26" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E26" s="71"/>
+      <c r="F26" s="71"/>
+      <c r="G26" s="72"/>
+    </row>
+    <row r="27" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E27" s="73"/>
+      <c r="F27" s="73"/>
+      <c r="G27" s="72"/>
+    </row>
+    <row r="28" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E28" s="73"/>
+      <c r="F28" s="73"/>
+      <c r="G28" s="72"/>
+    </row>
+    <row r="29" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E29" s="73"/>
+      <c r="F29" s="73"/>
+      <c r="G29" s="72"/>
+    </row>
+    <row r="30" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E30" s="73"/>
+      <c r="F30" s="73"/>
+      <c r="G30" s="74"/>
+    </row>
+    <row r="31" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E31" s="73"/>
+      <c r="F31" s="73"/>
+      <c r="G31" s="72"/>
+    </row>
+    <row r="32" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E32" s="73"/>
+      <c r="F32" s="73"/>
+      <c r="G32" s="72"/>
+    </row>
+    <row r="33" spans="5:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E33" s="73"/>
+      <c r="F33" s="73"/>
+      <c r="G33" s="72"/>
+    </row>
+    <row r="34" spans="5:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E34" s="73"/>
+      <c r="F34" s="73"/>
+      <c r="G34" s="72"/>
+    </row>
+    <row r="35" spans="5:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E35" s="73"/>
+      <c r="F35" s="73"/>
+      <c r="G35" s="72"/>
+    </row>
+    <row r="36" spans="5:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E36" s="73"/>
+      <c r="F36" s="73"/>
+      <c r="G36" s="72"/>
+    </row>
+    <row r="37" spans="5:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E37" s="73"/>
+      <c r="F37" s="73"/>
+      <c r="G37" s="72"/>
+    </row>
+    <row r="38" spans="5:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E38" s="73"/>
+      <c r="F38" s="73"/>
+      <c r="G38" s="72"/>
+    </row>
+    <row r="39" spans="5:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E39" s="73"/>
+      <c r="F39" s="73"/>
+      <c r="G39" s="72"/>
+    </row>
+    <row r="40" spans="5:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E40" s="75"/>
+      <c r="F40" s="72"/>
+      <c r="G40" s="72"/>
+    </row>
+    <row r="41" spans="5:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E41" s="75"/>
+    </row>
+    <row r="42" spans="5:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E42" s="75"/>
+    </row>
+    <row r="43" spans="5:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E43" s="75"/>
+    </row>
+    <row r="44" spans="5:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E44" s="75"/>
+    </row>
+    <row r="45" spans="5:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E45" s="75"/>
+    </row>
+    <row r="46" spans="5:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E46" s="75"/>
+    </row>
+    <row r="47" spans="5:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E47" s="75"/>
+    </row>
+    <row r="48" spans="5:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E48" s="75"/>
+    </row>
+    <row r="49" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E49" s="75"/>
+    </row>
+    <row r="50" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E50" s="75"/>
+    </row>
+    <row r="51" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E51" s="75"/>
+    </row>
+    <row r="52" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E52" s="75"/>
+    </row>
+    <row r="53" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E53" s="75"/>
+    </row>
+    <row r="54" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E54" s="75"/>
+    </row>
+    <row r="55" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E55" s="75"/>
+    </row>
+    <row r="56" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E56" s="75"/>
+    </row>
+    <row r="57" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E57" s="75"/>
+    </row>
+    <row r="58" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E58" s="75"/>
+    </row>
+    <row r="59" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E59" s="75"/>
+    </row>
+    <row r="60" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E60" s="75"/>
+    </row>
+    <row r="61" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E61" s="75"/>
+    </row>
+    <row r="62" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E62" s="75"/>
+    </row>
+    <row r="63" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E63" s="75"/>
+    </row>
+    <row r="64" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E64" s="75"/>
+    </row>
+    <row r="65" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E65" s="75"/>
+    </row>
+    <row r="66" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E66" s="75"/>
+    </row>
+    <row r="67" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E67" s="75"/>
+    </row>
+    <row r="68" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E68" s="75"/>
+    </row>
+    <row r="69" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E69" s="75"/>
+    </row>
+    <row r="70" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E70" s="75"/>
+    </row>
+    <row r="71" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E71" s="75"/>
+    </row>
+    <row r="72" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E72" s="75"/>
+    </row>
+    <row r="73" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E73" s="75"/>
+    </row>
+    <row r="74" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E74" s="75"/>
+    </row>
+    <row r="75" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E75" s="75"/>
+    </row>
+    <row r="76" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E76" s="75"/>
+    </row>
+    <row r="77" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E77" s="75"/>
+    </row>
+    <row r="78" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E78" s="75"/>
+    </row>
+    <row r="79" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E79" s="75"/>
+    </row>
+    <row r="80" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E80" s="75"/>
+    </row>
+    <row r="81" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E81" s="75"/>
+    </row>
+    <row r="82" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E82" s="75"/>
+    </row>
+    <row r="83" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E83" s="75"/>
+    </row>
+    <row r="84" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E84" s="75"/>
+    </row>
+    <row r="85" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E85" s="75"/>
+    </row>
+    <row r="86" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E86" s="75"/>
+    </row>
+    <row r="87" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E87" s="75"/>
+    </row>
+    <row r="88" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E88" s="75"/>
+    </row>
+    <row r="89" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E89" s="75"/>
+    </row>
+    <row r="90" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E90" s="75"/>
+    </row>
+    <row r="91" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E91" s="75"/>
+    </row>
+    <row r="92" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E92" s="75"/>
+    </row>
+    <row r="93" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E93" s="75"/>
+    </row>
+    <row r="94" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E94" s="75"/>
+    </row>
+    <row r="95" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E95" s="75"/>
+    </row>
+    <row r="96" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E96" s="75"/>
+    </row>
+    <row r="97" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E97" s="75"/>
+    </row>
+    <row r="98" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E98" s="75"/>
+    </row>
+    <row r="99" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E99" s="75"/>
+    </row>
+    <row r="100" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E100" s="75"/>
+    </row>
+    <row r="101" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E101" s="75"/>
+    </row>
+    <row r="102" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E102" s="75"/>
+    </row>
+    <row r="103" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E103" s="75"/>
+    </row>
+    <row r="104" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E104" s="75"/>
+    </row>
+    <row r="105" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E105" s="75"/>
+    </row>
+    <row r="106" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E106" s="75"/>
+    </row>
+    <row r="107" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E107" s="75"/>
+    </row>
+    <row r="108" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E108" s="75"/>
+    </row>
+    <row r="109" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E109" s="75"/>
+    </row>
+    <row r="110" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E110" s="75"/>
+    </row>
+    <row r="111" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E111" s="75"/>
+    </row>
+    <row r="112" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E112" s="75"/>
+    </row>
+    <row r="113" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E113" s="75"/>
+    </row>
+    <row r="114" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E114" s="75"/>
+    </row>
+    <row r="115" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E115" s="75"/>
+    </row>
+    <row r="116" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E116" s="75"/>
+    </row>
+    <row r="117" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E117" s="75"/>
+    </row>
+    <row r="118" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E118" s="75"/>
+    </row>
+    <row r="119" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E119" s="75"/>
+    </row>
+    <row r="120" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E120" s="75"/>
+    </row>
+    <row r="121" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E121" s="75"/>
+    </row>
+    <row r="122" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E122" s="75"/>
+    </row>
+    <row r="123" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E123" s="75"/>
+    </row>
+    <row r="124" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E124" s="75"/>
+    </row>
+    <row r="125" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E125" s="75"/>
+    </row>
+    <row r="126" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E126" s="75"/>
+    </row>
+    <row r="127" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E127" s="75"/>
+    </row>
+    <row r="128" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E128" s="75"/>
+    </row>
+    <row r="129" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E129" s="75"/>
+    </row>
+    <row r="130" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E130" s="75"/>
+    </row>
+    <row r="131" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E131" s="75"/>
+    </row>
+    <row r="132" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E132" s="75"/>
+    </row>
+    <row r="133" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E133" s="75"/>
+    </row>
+    <row r="134" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E134" s="75"/>
+    </row>
+    <row r="135" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E135" s="75"/>
+    </row>
+    <row r="136" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E136" s="75"/>
+    </row>
+    <row r="137" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E137" s="75"/>
+    </row>
+    <row r="138" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E138" s="75"/>
+    </row>
+    <row r="139" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E139" s="75"/>
+    </row>
+    <row r="140" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E140" s="75"/>
+    </row>
+    <row r="141" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E141" s="75"/>
+    </row>
+    <row r="142" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E142" s="75"/>
+    </row>
+    <row r="143" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E143" s="75"/>
+    </row>
+    <row r="144" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E144" s="75"/>
+    </row>
+    <row r="145" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E145" s="75"/>
+    </row>
+    <row r="146" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E146" s="75"/>
+    </row>
+    <row r="147" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E147" s="75"/>
+    </row>
+    <row r="148" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E148" s="75"/>
+    </row>
+    <row r="149" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E149" s="75"/>
+    </row>
+    <row r="150" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E150" s="75"/>
+    </row>
+    <row r="151" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E151" s="75"/>
+    </row>
+    <row r="152" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E152" s="75"/>
+    </row>
+    <row r="153" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E153" s="75"/>
+    </row>
+    <row r="154" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E154" s="75"/>
+    </row>
+    <row r="155" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E155" s="75"/>
+    </row>
+    <row r="156" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E156" s="75"/>
+    </row>
+    <row r="157" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E157" s="75"/>
+    </row>
+    <row r="158" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E158" s="75"/>
+    </row>
+    <row r="159" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E159" s="75"/>
+    </row>
+    <row r="160" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E160" s="75"/>
+    </row>
+    <row r="161" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E161" s="75"/>
+    </row>
+    <row r="162" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E162" s="75"/>
+    </row>
+    <row r="163" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E163" s="75"/>
+    </row>
+    <row r="164" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E164" s="75"/>
+    </row>
+    <row r="165" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E165" s="75"/>
+    </row>
+    <row r="166" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E166" s="75"/>
+    </row>
+    <row r="167" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E167" s="75"/>
+    </row>
+    <row r="168" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E168" s="75"/>
+    </row>
+    <row r="169" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E169" s="75"/>
+    </row>
+    <row r="170" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E170" s="75"/>
+    </row>
+    <row r="171" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E171" s="75"/>
+    </row>
+    <row r="172" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E172" s="75"/>
+    </row>
+    <row r="173" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E173" s="75"/>
+    </row>
+    <row r="174" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E174" s="75"/>
+    </row>
+    <row r="175" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E175" s="75"/>
+    </row>
+    <row r="176" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E176" s="75"/>
+    </row>
+    <row r="177" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E177" s="75"/>
+    </row>
+    <row r="178" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E178" s="75"/>
+    </row>
+    <row r="179" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E179" s="75"/>
+    </row>
+    <row r="180" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E180" s="75"/>
+    </row>
+    <row r="181" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E181" s="75"/>
+    </row>
+    <row r="182" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E182" s="75"/>
+    </row>
+    <row r="183" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E183" s="75"/>
+    </row>
+    <row r="184" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E184" s="75"/>
+    </row>
+    <row r="185" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E185" s="75"/>
+    </row>
+    <row r="186" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E186" s="75"/>
+    </row>
+    <row r="187" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E187" s="75"/>
+    </row>
+    <row r="188" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E188" s="75"/>
+    </row>
+    <row r="189" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E189" s="75"/>
+    </row>
+    <row r="190" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E190" s="75"/>
+    </row>
+    <row r="191" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E191" s="75"/>
+    </row>
+    <row r="192" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E192" s="75"/>
+    </row>
+    <row r="193" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E193" s="75"/>
+    </row>
+    <row r="194" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E194" s="75"/>
+    </row>
+    <row r="195" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E195" s="75"/>
+    </row>
+    <row r="196" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E196" s="75"/>
+    </row>
+    <row r="197" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E197" s="75"/>
+    </row>
+    <row r="198" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E198" s="75"/>
+    </row>
+    <row r="199" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E199" s="75"/>
+    </row>
+    <row r="200" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E200" s="75"/>
+    </row>
+    <row r="201" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E201" s="75"/>
+    </row>
+    <row r="202" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E202" s="75"/>
+    </row>
+    <row r="203" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E203" s="75"/>
+    </row>
+    <row r="204" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E204" s="75"/>
+    </row>
+    <row r="205" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E205" s="75"/>
+    </row>
+    <row r="206" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E206" s="75"/>
+    </row>
+    <row r="207" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E207" s="75"/>
+    </row>
+    <row r="208" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E208" s="75"/>
+    </row>
+    <row r="209" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E209" s="75"/>
+    </row>
+    <row r="210" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E210" s="75"/>
+    </row>
+    <row r="211" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E211" s="75"/>
+    </row>
+    <row r="212" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E212" s="75"/>
+    </row>
+    <row r="213" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E213" s="75"/>
+    </row>
+    <row r="214" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E214" s="75"/>
+    </row>
+    <row r="215" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E215" s="75"/>
+    </row>
+    <row r="216" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E216" s="75"/>
+    </row>
+    <row r="217" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E217" s="75"/>
+    </row>
+    <row r="218" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E218" s="75"/>
+    </row>
+    <row r="219" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E219" s="75"/>
+    </row>
+    <row r="220" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E220" s="75"/>
+    </row>
+    <row r="221" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E221" s="75"/>
+    </row>
+    <row r="222" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E222" s="75"/>
+    </row>
+    <row r="223" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E223" s="75"/>
+    </row>
+    <row r="224" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E224" s="75"/>
+    </row>
+    <row r="225" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E225" s="75"/>
+    </row>
+    <row r="226" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E226" s="75"/>
+    </row>
+    <row r="227" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E227" s="75"/>
+    </row>
+    <row r="228" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E228" s="75"/>
+    </row>
+    <row r="229" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E229" s="75"/>
+    </row>
+    <row r="230" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E230" s="75"/>
+    </row>
+    <row r="231" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E231" s="75"/>
+    </row>
+    <row r="232" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E232" s="75"/>
+    </row>
+    <row r="233" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E233" s="75"/>
+    </row>
+    <row r="234" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E234" s="75"/>
+    </row>
+    <row r="235" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E235" s="75"/>
+    </row>
+    <row r="236" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E236" s="75"/>
+    </row>
+    <row r="237" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E237" s="75"/>
+    </row>
+    <row r="238" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E238" s="75"/>
+    </row>
+    <row r="239" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E239" s="75"/>
+    </row>
+    <row r="240" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E240" s="75"/>
+    </row>
+    <row r="241" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E241" s="75"/>
+    </row>
+    <row r="242" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E242" s="75"/>
+    </row>
+    <row r="243" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E243" s="75"/>
+    </row>
+    <row r="244" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E244" s="75"/>
+    </row>
+    <row r="245" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E245" s="75"/>
+    </row>
+    <row r="246" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E246" s="75"/>
+    </row>
+    <row r="247" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E247" s="75"/>
+    </row>
+    <row r="248" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E248" s="75"/>
+    </row>
+    <row r="249" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E249" s="75"/>
+    </row>
+    <row r="250" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E250" s="75"/>
+    </row>
+    <row r="251" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E251" s="75"/>
+    </row>
+    <row r="252" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E252" s="75"/>
+    </row>
+    <row r="253" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E253" s="75"/>
+    </row>
+    <row r="254" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E254" s="75"/>
+    </row>
+    <row r="255" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E255" s="75"/>
+    </row>
+    <row r="256" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E256" s="75"/>
+    </row>
+    <row r="257" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E257" s="75"/>
+    </row>
+    <row r="258" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E258" s="75"/>
+    </row>
+    <row r="259" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E259" s="75"/>
+    </row>
+    <row r="260" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E260" s="75"/>
+    </row>
+    <row r="261" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E261" s="75"/>
+    </row>
+    <row r="262" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E262" s="75"/>
+    </row>
+    <row r="263" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E263" s="75"/>
+    </row>
+    <row r="264" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E264" s="75"/>
+    </row>
+    <row r="265" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E265" s="75"/>
+    </row>
+    <row r="266" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E266" s="75"/>
+    </row>
+    <row r="267" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E267" s="75"/>
+    </row>
+    <row r="268" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E268" s="75"/>
+    </row>
+    <row r="269" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E269" s="75"/>
+    </row>
+    <row r="270" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E270" s="75"/>
+    </row>
+    <row r="271" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E271" s="75"/>
+    </row>
+    <row r="272" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E272" s="75"/>
+    </row>
+    <row r="273" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E273" s="75"/>
+    </row>
+    <row r="274" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E274" s="75"/>
+    </row>
+    <row r="275" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E275" s="75"/>
+    </row>
+    <row r="276" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E276" s="75"/>
+    </row>
+    <row r="277" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E277" s="75"/>
+    </row>
+    <row r="278" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E278" s="75"/>
+    </row>
+    <row r="279" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E279" s="75"/>
+    </row>
+    <row r="280" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E280" s="75"/>
+    </row>
+    <row r="281" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E281" s="75"/>
+    </row>
+    <row r="282" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E282" s="75"/>
+    </row>
+    <row r="283" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E283" s="75"/>
+    </row>
+    <row r="284" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E284" s="75"/>
+    </row>
+    <row r="285" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E285" s="75"/>
+    </row>
+    <row r="286" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E286" s="75"/>
+    </row>
+    <row r="287" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E287" s="75"/>
+    </row>
+    <row r="288" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E288" s="75"/>
+    </row>
+    <row r="289" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E289" s="75"/>
+    </row>
+    <row r="290" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E290" s="75"/>
+    </row>
+    <row r="291" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E291" s="75"/>
+    </row>
+    <row r="292" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E292" s="75"/>
+    </row>
+    <row r="293" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E293" s="75"/>
+    </row>
+    <row r="294" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E294" s="75"/>
+    </row>
+    <row r="295" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E295" s="75"/>
+    </row>
+    <row r="296" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E296" s="75"/>
+    </row>
+    <row r="297" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E297" s="75"/>
+    </row>
+    <row r="298" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E298" s="75"/>
+    </row>
+    <row r="299" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E299" s="75"/>
+    </row>
+    <row r="300" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E300" s="75"/>
+    </row>
+    <row r="301" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E301" s="75"/>
+    </row>
+    <row r="302" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E302" s="75"/>
+    </row>
+    <row r="303" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E303" s="75"/>
+    </row>
+    <row r="304" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E304" s="75"/>
+    </row>
+    <row r="305" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E305" s="75"/>
+    </row>
+    <row r="306" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E306" s="75"/>
+    </row>
+    <row r="307" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E307" s="75"/>
+    </row>
+    <row r="308" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E308" s="75"/>
+    </row>
+    <row r="309" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E309" s="75"/>
+    </row>
+    <row r="310" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E310" s="75"/>
+    </row>
+    <row r="311" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E311" s="75"/>
+    </row>
+    <row r="312" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E312" s="75"/>
+    </row>
+    <row r="313" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E313" s="75"/>
+    </row>
+    <row r="314" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E314" s="75"/>
+    </row>
+    <row r="315" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E315" s="75"/>
+    </row>
+    <row r="316" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E316" s="75"/>
+    </row>
+    <row r="317" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E317" s="75"/>
+    </row>
+    <row r="318" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E318" s="75"/>
+    </row>
+    <row r="319" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E319" s="75"/>
+    </row>
+    <row r="320" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E320" s="75"/>
+    </row>
+    <row r="321" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E321" s="75"/>
+    </row>
+    <row r="322" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E322" s="75"/>
+    </row>
+    <row r="323" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E323" s="75"/>
+    </row>
+    <row r="324" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E324" s="75"/>
+    </row>
+    <row r="325" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E325" s="75"/>
+    </row>
+    <row r="326" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E326" s="75"/>
+    </row>
+    <row r="327" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E327" s="75"/>
+    </row>
+    <row r="328" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E328" s="75"/>
+    </row>
+    <row r="329" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E329" s="75"/>
+    </row>
+    <row r="330" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E330" s="75"/>
+    </row>
+    <row r="331" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E331" s="75"/>
+    </row>
+    <row r="332" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E332" s="75"/>
+    </row>
+    <row r="333" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E333" s="75"/>
+    </row>
+    <row r="334" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E334" s="75"/>
+    </row>
+    <row r="335" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E335" s="75"/>
+    </row>
+    <row r="336" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E336" s="75"/>
+    </row>
+    <row r="337" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E337" s="75"/>
+    </row>
+    <row r="338" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E338" s="75"/>
+    </row>
+    <row r="339" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E339" s="75"/>
+    </row>
+    <row r="340" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E340" s="75"/>
+    </row>
+    <row r="341" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E341" s="75"/>
+    </row>
+    <row r="342" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E342" s="75"/>
+    </row>
+    <row r="343" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E343" s="75"/>
+    </row>
+    <row r="344" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E344" s="75"/>
+    </row>
+    <row r="345" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E345" s="75"/>
+    </row>
+    <row r="346" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E346" s="75"/>
+    </row>
+    <row r="347" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E347" s="75"/>
+    </row>
+    <row r="348" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E348" s="75"/>
+    </row>
+    <row r="349" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E349" s="75"/>
+    </row>
+    <row r="350" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E350" s="75"/>
+    </row>
+    <row r="351" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E351" s="75"/>
+    </row>
+    <row r="352" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E352" s="75"/>
+    </row>
+    <row r="353" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E353" s="75"/>
+    </row>
+    <row r="354" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E354" s="75"/>
+    </row>
+    <row r="355" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E355" s="75"/>
+    </row>
+    <row r="356" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E356" s="75"/>
+    </row>
+    <row r="357" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E357" s="75"/>
+    </row>
+    <row r="358" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E358" s="75"/>
+    </row>
+    <row r="359" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E359" s="75"/>
+    </row>
+    <row r="360" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E360" s="75"/>
+    </row>
+    <row r="361" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E361" s="75"/>
+    </row>
+    <row r="362" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E362" s="75"/>
+    </row>
+    <row r="363" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E363" s="75"/>
+    </row>
+    <row r="364" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E364" s="75"/>
+    </row>
+    <row r="365" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E365" s="75"/>
+    </row>
+    <row r="366" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E366" s="75"/>
+    </row>
+    <row r="367" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E367" s="75"/>
+    </row>
+    <row r="368" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E368" s="75"/>
+    </row>
+    <row r="369" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E369" s="75"/>
+    </row>
+    <row r="370" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E370" s="75"/>
+    </row>
+    <row r="371" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E371" s="75"/>
+    </row>
+    <row r="372" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E372" s="75"/>
+    </row>
+    <row r="373" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E373" s="75"/>
+    </row>
+    <row r="374" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E374" s="75"/>
+    </row>
+    <row r="375" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E375" s="75"/>
+    </row>
+    <row r="376" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E376" s="75"/>
+    </row>
+    <row r="377" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E377" s="75"/>
+    </row>
+    <row r="378" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E378" s="75"/>
+    </row>
+    <row r="379" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E379" s="75"/>
+    </row>
+    <row r="380" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E380" s="75"/>
+    </row>
+    <row r="381" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E381" s="75"/>
+    </row>
+    <row r="382" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E382" s="75"/>
+    </row>
+    <row r="383" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E383" s="75"/>
+    </row>
+    <row r="384" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E384" s="75"/>
+    </row>
+    <row r="385" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E385" s="75"/>
+    </row>
+    <row r="386" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E386" s="75"/>
+    </row>
+    <row r="387" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E387" s="75"/>
+    </row>
+    <row r="388" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E388" s="75"/>
+    </row>
+    <row r="389" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E389" s="75"/>
+    </row>
+    <row r="390" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E390" s="75"/>
+    </row>
+    <row r="391" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E391" s="75"/>
+    </row>
+    <row r="392" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E392" s="75"/>
+    </row>
+    <row r="393" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E393" s="75"/>
+    </row>
+    <row r="394" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E394" s="75"/>
+    </row>
+    <row r="395" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E395" s="75"/>
+    </row>
+    <row r="396" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E396" s="75"/>
+    </row>
+    <row r="397" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E397" s="75"/>
+    </row>
+    <row r="398" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E398" s="75"/>
+    </row>
+    <row r="399" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E399" s="75"/>
+    </row>
+    <row r="400" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E400" s="75"/>
+    </row>
+    <row r="401" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E401" s="75"/>
+    </row>
+    <row r="402" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E402" s="75"/>
+    </row>
+    <row r="403" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E403" s="75"/>
+    </row>
+    <row r="404" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E404" s="75"/>
+    </row>
+    <row r="405" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E405" s="75"/>
+    </row>
+    <row r="406" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E406" s="75"/>
+    </row>
+    <row r="407" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E407" s="75"/>
+    </row>
+    <row r="408" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E408" s="75"/>
+    </row>
+    <row r="409" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E409" s="75"/>
+    </row>
+    <row r="410" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E410" s="75"/>
+    </row>
+    <row r="411" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E411" s="75"/>
+    </row>
+    <row r="412" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E412" s="75"/>
+    </row>
+    <row r="413" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E413" s="75"/>
+    </row>
+    <row r="414" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E414" s="75"/>
+    </row>
+    <row r="415" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E415" s="75"/>
+    </row>
+    <row r="416" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E416" s="75"/>
+    </row>
+    <row r="417" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E417" s="75"/>
+    </row>
+    <row r="418" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E418" s="75"/>
+    </row>
+    <row r="419" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E419" s="75"/>
+    </row>
+    <row r="420" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E420" s="75"/>
+    </row>
+    <row r="421" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E421" s="75"/>
+    </row>
+    <row r="422" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E422" s="75"/>
+    </row>
+    <row r="423" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E423" s="75"/>
+    </row>
+    <row r="424" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E424" s="75"/>
+    </row>
+    <row r="425" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E425" s="75"/>
+    </row>
+    <row r="426" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E426" s="75"/>
+    </row>
+    <row r="427" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E427" s="75"/>
+    </row>
+    <row r="428" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E428" s="75"/>
+    </row>
+    <row r="429" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E429" s="75"/>
+    </row>
+    <row r="430" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E430" s="75"/>
+    </row>
+    <row r="431" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E431" s="75"/>
+    </row>
+    <row r="432" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E432" s="75"/>
+    </row>
+    <row r="433" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E433" s="75"/>
+    </row>
+    <row r="434" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E434" s="75"/>
+    </row>
+    <row r="435" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E435" s="75"/>
+    </row>
+    <row r="436" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E436" s="75"/>
+    </row>
+    <row r="437" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E437" s="75"/>
+    </row>
+    <row r="438" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E438" s="75"/>
+    </row>
+    <row r="439" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E439" s="75"/>
+    </row>
+    <row r="440" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E440" s="75"/>
+    </row>
+    <row r="441" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E441" s="75"/>
+    </row>
+    <row r="442" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E442" s="75"/>
+    </row>
+    <row r="443" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E443" s="75"/>
+    </row>
+    <row r="444" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E444" s="75"/>
+    </row>
+    <row r="445" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E445" s="75"/>
+    </row>
+    <row r="446" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E446" s="75"/>
+    </row>
+    <row r="447" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E447" s="75"/>
+    </row>
+    <row r="448" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E448" s="75"/>
+    </row>
+    <row r="449" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E449" s="75"/>
+    </row>
+    <row r="450" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E450" s="75"/>
+    </row>
+    <row r="451" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E451" s="75"/>
+    </row>
+    <row r="452" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E452" s="75"/>
+    </row>
+    <row r="453" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E453" s="75"/>
+    </row>
+    <row r="454" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E454" s="75"/>
+    </row>
+    <row r="455" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E455" s="75"/>
+    </row>
+    <row r="456" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E456" s="75"/>
+    </row>
+    <row r="457" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E457" s="75"/>
+    </row>
+    <row r="458" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E458" s="75"/>
+    </row>
+    <row r="459" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E459" s="75"/>
+    </row>
+    <row r="460" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E460" s="75"/>
+    </row>
+    <row r="461" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E461" s="75"/>
+    </row>
+    <row r="462" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E462" s="75"/>
+    </row>
+    <row r="463" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E463" s="75"/>
+    </row>
+    <row r="464" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E464" s="75"/>
+    </row>
+    <row r="465" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E465" s="75"/>
+    </row>
+    <row r="466" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E466" s="75"/>
+    </row>
+    <row r="467" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E467" s="75"/>
+    </row>
+    <row r="468" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E468" s="75"/>
+    </row>
+    <row r="469" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E469" s="75"/>
+    </row>
+    <row r="470" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E470" s="75"/>
+    </row>
+    <row r="471" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E471" s="75"/>
+    </row>
+    <row r="472" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E472" s="75"/>
+    </row>
+    <row r="473" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E473" s="75"/>
+    </row>
+    <row r="474" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E474" s="75"/>
+    </row>
+    <row r="475" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E475" s="75"/>
+    </row>
+    <row r="476" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E476" s="75"/>
+    </row>
+    <row r="477" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E477" s="75"/>
+    </row>
+    <row r="478" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E478" s="75"/>
+    </row>
+    <row r="479" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E479" s="75"/>
+    </row>
+    <row r="480" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E480" s="75"/>
+    </row>
+    <row r="481" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E481" s="75"/>
+    </row>
+    <row r="482" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E482" s="75"/>
+    </row>
+    <row r="483" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E483" s="75"/>
+    </row>
+    <row r="484" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E484" s="75"/>
+    </row>
+    <row r="485" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E485" s="75"/>
+    </row>
+    <row r="486" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E486" s="75"/>
+    </row>
+    <row r="487" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E487" s="75"/>
+    </row>
+    <row r="488" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E488" s="75"/>
+    </row>
+    <row r="489" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E489" s="75"/>
+    </row>
+    <row r="490" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E490" s="75"/>
+    </row>
+    <row r="491" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E491" s="75"/>
+    </row>
+    <row r="492" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E492" s="75"/>
+    </row>
+    <row r="493" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E493" s="75"/>
+    </row>
+    <row r="494" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E494" s="75"/>
+    </row>
+    <row r="495" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E495" s="75"/>
+    </row>
+    <row r="496" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E496" s="75"/>
+    </row>
+    <row r="497" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E497" s="75"/>
+    </row>
+    <row r="498" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E498" s="75"/>
+    </row>
+    <row r="499" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E499" s="75"/>
+    </row>
+    <row r="500" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E500" s="75"/>
+    </row>
+    <row r="501" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E501" s="75"/>
+    </row>
+    <row r="502" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E502" s="75"/>
+    </row>
+    <row r="503" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E503" s="75"/>
+    </row>
+    <row r="504" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E504" s="75"/>
+    </row>
+    <row r="505" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E505" s="75"/>
+    </row>
+    <row r="506" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E506" s="75"/>
+    </row>
+    <row r="507" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E507" s="75"/>
+    </row>
+    <row r="508" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E508" s="75"/>
+    </row>
+    <row r="509" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E509" s="75"/>
+    </row>
+    <row r="510" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E510" s="75"/>
+    </row>
+    <row r="511" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E511" s="75"/>
+    </row>
+    <row r="512" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E512" s="75"/>
+    </row>
+    <row r="513" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E513" s="75"/>
+    </row>
+    <row r="514" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E514" s="75"/>
+    </row>
+    <row r="515" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E515" s="75"/>
+    </row>
+    <row r="516" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E516" s="75"/>
+    </row>
+    <row r="517" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E517" s="75"/>
+    </row>
+    <row r="518" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E518" s="75"/>
+    </row>
+    <row r="519" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E519" s="75"/>
+    </row>
+    <row r="520" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E520" s="75"/>
+    </row>
+    <row r="521" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E521" s="75"/>
+    </row>
+    <row r="522" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E522" s="75"/>
+    </row>
+    <row r="523" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E523" s="75"/>
+    </row>
+    <row r="524" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E524" s="75"/>
+    </row>
+    <row r="525" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E525" s="75"/>
+    </row>
+    <row r="526" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E526" s="75"/>
+    </row>
+    <row r="527" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E527" s="75"/>
+    </row>
+    <row r="528" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E528" s="75"/>
+    </row>
+    <row r="529" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E529" s="75"/>
+    </row>
+    <row r="530" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E530" s="75"/>
+    </row>
+    <row r="531" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E531" s="75"/>
+    </row>
+    <row r="532" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E532" s="75"/>
+    </row>
+    <row r="533" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E533" s="75"/>
+    </row>
+    <row r="534" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E534" s="75"/>
+    </row>
+    <row r="535" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E535" s="75"/>
+    </row>
+    <row r="536" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E536" s="75"/>
+    </row>
+    <row r="537" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E537" s="75"/>
+    </row>
+    <row r="538" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E538" s="75"/>
+    </row>
+    <row r="539" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E539" s="75"/>
+    </row>
+    <row r="540" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E540" s="75"/>
+    </row>
+    <row r="541" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E541" s="75"/>
+    </row>
+    <row r="542" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E542" s="75"/>
+    </row>
+    <row r="543" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E543" s="75"/>
+    </row>
+    <row r="544" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E544" s="75"/>
+    </row>
+    <row r="545" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E545" s="75"/>
+    </row>
+    <row r="546" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E546" s="75"/>
+    </row>
+    <row r="547" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E547" s="75"/>
+    </row>
+    <row r="548" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E548" s="75"/>
+    </row>
+    <row r="549" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E549" s="75"/>
+    </row>
+    <row r="550" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E550" s="75"/>
+    </row>
+    <row r="551" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E551" s="75"/>
+    </row>
+    <row r="552" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E552" s="75"/>
+    </row>
+    <row r="553" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E553" s="75"/>
+    </row>
+    <row r="554" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E554" s="75"/>
+    </row>
+    <row r="555" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E555" s="75"/>
+    </row>
+    <row r="556" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E556" s="75"/>
+    </row>
+    <row r="557" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E557" s="75"/>
+    </row>
+    <row r="558" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E558" s="75"/>
+    </row>
+    <row r="559" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E559" s="75"/>
+    </row>
+    <row r="560" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E560" s="75"/>
+    </row>
+    <row r="561" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E561" s="75"/>
+    </row>
+    <row r="562" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E562" s="75"/>
+    </row>
+    <row r="563" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E563" s="75"/>
+    </row>
+    <row r="564" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E564" s="75"/>
+    </row>
+    <row r="565" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E565" s="75"/>
+    </row>
+    <row r="566" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E566" s="75"/>
+    </row>
+    <row r="567" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E567" s="75"/>
+    </row>
+    <row r="568" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E568" s="75"/>
+    </row>
+    <row r="569" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E569" s="75"/>
+    </row>
+    <row r="570" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E570" s="75"/>
+    </row>
+    <row r="571" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E571" s="75"/>
+    </row>
+    <row r="572" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E572" s="75"/>
+    </row>
+    <row r="573" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E573" s="75"/>
+    </row>
+    <row r="574" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E574" s="75"/>
+    </row>
+    <row r="575" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E575" s="75"/>
+    </row>
+    <row r="576" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E576" s="75"/>
+    </row>
+    <row r="577" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E577" s="75"/>
+    </row>
+    <row r="578" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E578" s="75"/>
+    </row>
+    <row r="579" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E579" s="75"/>
+    </row>
+    <row r="580" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E580" s="75"/>
+    </row>
+    <row r="581" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E581" s="75"/>
+    </row>
+    <row r="582" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E582" s="75"/>
+    </row>
+    <row r="583" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E583" s="75"/>
+    </row>
+    <row r="584" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E584" s="75"/>
+    </row>
+    <row r="585" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E585" s="75"/>
+    </row>
+    <row r="586" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E586" s="75"/>
+    </row>
+    <row r="587" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E587" s="75"/>
+    </row>
+    <row r="588" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E588" s="75"/>
+    </row>
+    <row r="589" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E589" s="75"/>
+    </row>
+    <row r="590" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E590" s="75"/>
+    </row>
+    <row r="591" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E591" s="75"/>
+    </row>
+    <row r="592" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E592" s="75"/>
+    </row>
+    <row r="593" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E593" s="75"/>
+    </row>
+    <row r="594" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E594" s="75"/>
+    </row>
+    <row r="595" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E595" s="75"/>
+    </row>
+    <row r="596" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E596" s="75"/>
+    </row>
+    <row r="597" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E597" s="75"/>
+    </row>
+    <row r="598" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E598" s="75"/>
+    </row>
+    <row r="599" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E599" s="75"/>
+    </row>
+    <row r="600" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E600" s="75"/>
+    </row>
+    <row r="601" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E601" s="75"/>
+    </row>
+    <row r="602" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E602" s="75"/>
+    </row>
+    <row r="603" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E603" s="75"/>
+    </row>
+    <row r="604" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E604" s="75"/>
+    </row>
+    <row r="605" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E605" s="75"/>
+    </row>
+    <row r="606" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E606" s="75"/>
+    </row>
+    <row r="607" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E607" s="75"/>
+    </row>
+    <row r="608" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E608" s="75"/>
+    </row>
+    <row r="609" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E609" s="75"/>
+    </row>
+    <row r="610" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E610" s="75"/>
+    </row>
+    <row r="611" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E611" s="75"/>
+    </row>
+    <row r="612" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E612" s="75"/>
+    </row>
+    <row r="613" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E613" s="75"/>
+    </row>
+    <row r="614" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E614" s="75"/>
+    </row>
+    <row r="615" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E615" s="75"/>
+    </row>
+    <row r="616" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E616" s="75"/>
+    </row>
+    <row r="617" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E617" s="75"/>
+    </row>
+    <row r="618" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E618" s="75"/>
+    </row>
+    <row r="619" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E619" s="75"/>
+    </row>
+    <row r="620" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E620" s="75"/>
+    </row>
+    <row r="621" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E621" s="75"/>
+    </row>
+    <row r="622" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E622" s="75"/>
+    </row>
+    <row r="623" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E623" s="75"/>
+    </row>
+    <row r="624" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E624" s="75"/>
+    </row>
+    <row r="625" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E625" s="75"/>
+    </row>
+    <row r="626" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E626" s="75"/>
+    </row>
+    <row r="627" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E627" s="75"/>
+    </row>
+    <row r="628" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E628" s="75"/>
+    </row>
+    <row r="629" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E629" s="75"/>
+    </row>
+    <row r="630" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E630" s="75"/>
+    </row>
+    <row r="631" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E631" s="75"/>
+    </row>
+    <row r="632" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E632" s="75"/>
+    </row>
+    <row r="633" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E633" s="75"/>
+    </row>
+    <row r="634" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E634" s="75"/>
+    </row>
+    <row r="635" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E635" s="75"/>
+    </row>
+    <row r="636" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E636" s="75"/>
+    </row>
+    <row r="637" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E637" s="75"/>
+    </row>
+    <row r="638" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E638" s="75"/>
+    </row>
+    <row r="639" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E639" s="75"/>
+    </row>
+    <row r="640" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E640" s="75"/>
+    </row>
+    <row r="641" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E641" s="75"/>
+    </row>
+    <row r="642" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E642" s="75"/>
+    </row>
+    <row r="643" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E643" s="75"/>
+    </row>
+    <row r="644" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E644" s="75"/>
+    </row>
+    <row r="645" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E645" s="75"/>
+    </row>
+    <row r="646" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E646" s="75"/>
+    </row>
+    <row r="647" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E647" s="75"/>
+    </row>
+    <row r="648" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E648" s="75"/>
+    </row>
+    <row r="649" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E649" s="75"/>
+    </row>
+    <row r="650" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E650" s="75"/>
+    </row>
+    <row r="651" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E651" s="75"/>
+    </row>
+    <row r="652" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E652" s="75"/>
+    </row>
+    <row r="653" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E653" s="75"/>
+    </row>
+    <row r="654" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E654" s="75"/>
+    </row>
+    <row r="655" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E655" s="75"/>
+    </row>
+    <row r="656" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E656" s="75"/>
+    </row>
+    <row r="657" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E657" s="75"/>
+    </row>
+    <row r="658" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E658" s="75"/>
+    </row>
+    <row r="659" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E659" s="75"/>
+    </row>
+    <row r="660" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E660" s="75"/>
+    </row>
+    <row r="661" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E661" s="75"/>
+    </row>
+    <row r="662" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E662" s="75"/>
+    </row>
+    <row r="663" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E663" s="75"/>
+    </row>
+    <row r="664" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E664" s="75"/>
+    </row>
+    <row r="665" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E665" s="75"/>
+    </row>
+    <row r="666" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E666" s="75"/>
+    </row>
+    <row r="667" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E667" s="75"/>
+    </row>
+    <row r="668" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E668" s="75"/>
+    </row>
+    <row r="669" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E669" s="75"/>
+    </row>
+    <row r="670" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E670" s="75"/>
+    </row>
+    <row r="671" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E671" s="75"/>
+    </row>
+    <row r="672" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E672" s="75"/>
+    </row>
+    <row r="673" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E673" s="75"/>
+    </row>
+    <row r="674" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E674" s="75"/>
+    </row>
+    <row r="675" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E675" s="75"/>
+    </row>
+    <row r="676" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E676" s="75"/>
+    </row>
+    <row r="677" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E677" s="75"/>
+    </row>
+    <row r="678" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E678" s="75"/>
+    </row>
+    <row r="679" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E679" s="75"/>
+    </row>
+    <row r="680" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E680" s="75"/>
+    </row>
+    <row r="681" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E681" s="75"/>
+    </row>
+    <row r="682" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E682" s="75"/>
+    </row>
+    <row r="683" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E683" s="75"/>
+    </row>
+    <row r="684" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E684" s="75"/>
+    </row>
+    <row r="685" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E685" s="75"/>
+    </row>
+    <row r="686" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E686" s="75"/>
+    </row>
+    <row r="687" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E687" s="75"/>
+    </row>
+    <row r="688" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E688" s="75"/>
+    </row>
+    <row r="689" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E689" s="75"/>
+    </row>
+    <row r="690" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E690" s="75"/>
+    </row>
+    <row r="691" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E691" s="75"/>
+    </row>
+    <row r="692" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E692" s="75"/>
+    </row>
+    <row r="693" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E693" s="75"/>
+    </row>
+    <row r="694" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E694" s="75"/>
+    </row>
+    <row r="695" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E695" s="75"/>
+    </row>
+    <row r="696" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E696" s="75"/>
+    </row>
+    <row r="697" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E697" s="75"/>
+    </row>
+    <row r="698" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E698" s="75"/>
+    </row>
+    <row r="699" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E699" s="75"/>
+    </row>
+    <row r="700" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E700" s="75"/>
+    </row>
+    <row r="701" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E701" s="75"/>
+    </row>
+    <row r="702" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E702" s="75"/>
+    </row>
+    <row r="703" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E703" s="75"/>
+    </row>
+    <row r="704" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E704" s="75"/>
+    </row>
+    <row r="705" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E705" s="75"/>
+    </row>
+    <row r="706" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E706" s="75"/>
+    </row>
+    <row r="707" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E707" s="75"/>
+    </row>
+    <row r="708" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E708" s="75"/>
+    </row>
+    <row r="709" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E709" s="75"/>
+    </row>
+    <row r="710" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E710" s="75"/>
+    </row>
+    <row r="711" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E711" s="75"/>
+    </row>
+    <row r="712" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E712" s="75"/>
+    </row>
+    <row r="713" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E713" s="75"/>
+    </row>
+    <row r="714" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E714" s="75"/>
+    </row>
+    <row r="715" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E715" s="75"/>
+    </row>
+    <row r="716" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E716" s="75"/>
+    </row>
+    <row r="717" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E717" s="75"/>
+    </row>
+    <row r="718" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E718" s="75"/>
+    </row>
+    <row r="719" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E719" s="75"/>
+    </row>
+    <row r="720" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E720" s="75"/>
+    </row>
+    <row r="721" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E721" s="75"/>
+    </row>
+    <row r="722" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E722" s="75"/>
+    </row>
+    <row r="723" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E723" s="75"/>
+    </row>
+    <row r="724" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E724" s="75"/>
+    </row>
+    <row r="725" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E725" s="75"/>
+    </row>
+    <row r="726" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E726" s="75"/>
+    </row>
+    <row r="727" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E727" s="75"/>
+    </row>
+    <row r="728" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E728" s="75"/>
+    </row>
+    <row r="729" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E729" s="75"/>
+    </row>
+    <row r="730" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E730" s="75"/>
+    </row>
+    <row r="731" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E731" s="75"/>
+    </row>
+    <row r="732" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E732" s="75"/>
+    </row>
+    <row r="733" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E733" s="75"/>
+    </row>
+    <row r="734" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E734" s="75"/>
+    </row>
+    <row r="735" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E735" s="75"/>
+    </row>
+    <row r="736" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E736" s="75"/>
+    </row>
+    <row r="737" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E737" s="75"/>
+    </row>
+    <row r="738" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E738" s="75"/>
+    </row>
+    <row r="739" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E739" s="75"/>
+    </row>
+    <row r="740" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E740" s="75"/>
+    </row>
+    <row r="741" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E741" s="75"/>
+    </row>
+    <row r="742" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E742" s="75"/>
+    </row>
+    <row r="743" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E743" s="75"/>
+    </row>
+    <row r="744" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E744" s="75"/>
+    </row>
+    <row r="745" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E745" s="75"/>
+    </row>
+    <row r="746" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E746" s="75"/>
+    </row>
+    <row r="747" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E747" s="75"/>
+    </row>
+    <row r="748" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E748" s="75"/>
+    </row>
+    <row r="749" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E749" s="75"/>
+    </row>
+    <row r="750" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E750" s="75"/>
+    </row>
+    <row r="751" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E751" s="75"/>
+    </row>
+    <row r="752" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E752" s="75"/>
+    </row>
+    <row r="753" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E753" s="75"/>
+    </row>
+    <row r="754" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E754" s="75"/>
+    </row>
+    <row r="755" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E755" s="75"/>
+    </row>
+    <row r="756" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E756" s="75"/>
+    </row>
+    <row r="757" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E757" s="75"/>
+    </row>
+    <row r="758" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E758" s="75"/>
+    </row>
+    <row r="759" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E759" s="75"/>
+    </row>
+    <row r="760" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E760" s="75"/>
+    </row>
+    <row r="761" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E761" s="75"/>
+    </row>
+    <row r="762" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E762" s="75"/>
+    </row>
+    <row r="763" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E763" s="75"/>
+    </row>
+    <row r="764" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E764" s="75"/>
+    </row>
+    <row r="765" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E765" s="75"/>
+    </row>
+    <row r="766" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E766" s="75"/>
+    </row>
+    <row r="767" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E767" s="75"/>
+    </row>
+    <row r="768" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E768" s="75"/>
+    </row>
+    <row r="769" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E769" s="75"/>
+    </row>
+    <row r="770" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E770" s="75"/>
+    </row>
+    <row r="771" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E771" s="75"/>
+    </row>
+    <row r="772" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E772" s="75"/>
+    </row>
+    <row r="773" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E773" s="75"/>
+    </row>
+    <row r="774" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E774" s="75"/>
+    </row>
+    <row r="775" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E775" s="75"/>
+    </row>
+    <row r="776" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E776" s="75"/>
+    </row>
+    <row r="777" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E777" s="75"/>
+    </row>
+    <row r="778" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E778" s="75"/>
+    </row>
+    <row r="779" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E779" s="75"/>
+    </row>
+    <row r="780" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E780" s="75"/>
+    </row>
+    <row r="781" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E781" s="75"/>
+    </row>
+    <row r="782" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E782" s="75"/>
+    </row>
+    <row r="783" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E783" s="75"/>
+    </row>
+    <row r="784" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E784" s="75"/>
+    </row>
+    <row r="785" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E785" s="75"/>
+    </row>
+    <row r="786" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E786" s="75"/>
+    </row>
+    <row r="787" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E787" s="75"/>
+    </row>
+    <row r="788" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E788" s="75"/>
+    </row>
+    <row r="789" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E789" s="75"/>
+    </row>
+    <row r="790" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E790" s="75"/>
+    </row>
+    <row r="791" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E791" s="75"/>
+    </row>
+    <row r="792" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E792" s="75"/>
+    </row>
+    <row r="793" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E793" s="75"/>
+    </row>
+    <row r="794" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E794" s="75"/>
+    </row>
+    <row r="795" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E795" s="75"/>
+    </row>
+    <row r="796" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E796" s="75"/>
+    </row>
+    <row r="797" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E797" s="75"/>
+    </row>
+    <row r="798" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E798" s="75"/>
+    </row>
+    <row r="799" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E799" s="75"/>
+    </row>
+    <row r="800" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E800" s="75"/>
+    </row>
+    <row r="801" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E801" s="75"/>
+    </row>
+    <row r="802" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E802" s="75"/>
+    </row>
+    <row r="803" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E803" s="75"/>
+    </row>
+    <row r="804" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E804" s="75"/>
+    </row>
+    <row r="805" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E805" s="75"/>
+    </row>
+    <row r="806" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E806" s="75"/>
+    </row>
+    <row r="807" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E807" s="75"/>
+    </row>
+    <row r="808" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E808" s="75"/>
+    </row>
+    <row r="809" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E809" s="75"/>
+    </row>
+    <row r="810" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E810" s="75"/>
+    </row>
+    <row r="811" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E811" s="75"/>
+    </row>
+    <row r="812" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E812" s="75"/>
+    </row>
+    <row r="813" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E813" s="75"/>
+    </row>
+    <row r="814" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E814" s="75"/>
+    </row>
+    <row r="815" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E815" s="75"/>
+    </row>
+    <row r="816" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E816" s="75"/>
+    </row>
+    <row r="817" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E817" s="75"/>
+    </row>
+    <row r="818" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E818" s="75"/>
+    </row>
+    <row r="819" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E819" s="75"/>
+    </row>
+    <row r="820" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E820" s="75"/>
+    </row>
+    <row r="821" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E821" s="75"/>
+    </row>
+    <row r="822" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E822" s="75"/>
+    </row>
+    <row r="823" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E823" s="75"/>
+    </row>
+    <row r="824" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E824" s="75"/>
+    </row>
+    <row r="825" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E825" s="75"/>
+    </row>
+    <row r="826" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E826" s="75"/>
+    </row>
+    <row r="827" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E827" s="75"/>
+    </row>
+    <row r="828" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E828" s="75"/>
+    </row>
+    <row r="829" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E829" s="75"/>
+    </row>
+    <row r="830" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E830" s="75"/>
+    </row>
+    <row r="831" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E831" s="75"/>
+    </row>
+    <row r="832" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E832" s="75"/>
+    </row>
+    <row r="833" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E833" s="75"/>
+    </row>
+    <row r="834" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E834" s="75"/>
+    </row>
+    <row r="835" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E835" s="75"/>
+    </row>
+    <row r="836" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E836" s="75"/>
+    </row>
+    <row r="837" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E837" s="75"/>
+    </row>
+    <row r="838" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E838" s="75"/>
+    </row>
+    <row r="839" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E839" s="75"/>
+    </row>
+    <row r="840" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E840" s="75"/>
+    </row>
+    <row r="841" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E841" s="75"/>
+    </row>
+    <row r="842" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E842" s="75"/>
+    </row>
+    <row r="843" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E843" s="75"/>
+    </row>
+    <row r="844" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E844" s="75"/>
+    </row>
+    <row r="845" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E845" s="75"/>
+    </row>
+    <row r="846" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E846" s="75"/>
+    </row>
+    <row r="847" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E847" s="75"/>
+    </row>
+    <row r="848" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E848" s="75"/>
+    </row>
+    <row r="849" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E849" s="75"/>
+    </row>
+    <row r="850" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E850" s="75"/>
+    </row>
+    <row r="851" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E851" s="75"/>
+    </row>
+    <row r="852" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E852" s="75"/>
+    </row>
+    <row r="853" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E853" s="75"/>
+    </row>
+    <row r="854" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E854" s="75"/>
+    </row>
+    <row r="855" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E855" s="75"/>
+    </row>
+    <row r="856" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E856" s="75"/>
+    </row>
+    <row r="857" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E857" s="75"/>
+    </row>
+    <row r="858" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E858" s="75"/>
+    </row>
+    <row r="859" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E859" s="75"/>
+    </row>
+    <row r="860" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E860" s="75"/>
+    </row>
+    <row r="861" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E861" s="75"/>
+    </row>
+    <row r="862" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E862" s="75"/>
+    </row>
+    <row r="863" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E863" s="75"/>
+    </row>
+    <row r="864" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E864" s="75"/>
+    </row>
+    <row r="865" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E865" s="75"/>
+    </row>
+    <row r="866" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E866" s="75"/>
+    </row>
+    <row r="867" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E867" s="75"/>
+    </row>
+    <row r="868" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E868" s="75"/>
+    </row>
+    <row r="869" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E869" s="75"/>
+    </row>
+    <row r="870" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E870" s="75"/>
+    </row>
+    <row r="871" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E871" s="75"/>
+    </row>
+    <row r="872" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E872" s="75"/>
+    </row>
+    <row r="873" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E873" s="75"/>
+    </row>
+    <row r="874" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E874" s="75"/>
+    </row>
+    <row r="875" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E875" s="75"/>
+    </row>
+    <row r="876" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E876" s="75"/>
+    </row>
+    <row r="877" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E877" s="75"/>
+    </row>
+    <row r="878" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E878" s="75"/>
+    </row>
+    <row r="879" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E879" s="75"/>
+    </row>
+    <row r="880" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E880" s="75"/>
+    </row>
+    <row r="881" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E881" s="75"/>
+    </row>
+    <row r="882" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E882" s="75"/>
+    </row>
+    <row r="883" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E883" s="75"/>
+    </row>
+    <row r="884" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E884" s="75"/>
+    </row>
+    <row r="885" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E885" s="75"/>
+    </row>
+    <row r="886" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E886" s="75"/>
+    </row>
+    <row r="887" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E887" s="75"/>
+    </row>
+    <row r="888" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E888" s="75"/>
+    </row>
+    <row r="889" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E889" s="75"/>
+    </row>
+    <row r="890" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E890" s="75"/>
+    </row>
+    <row r="891" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E891" s="75"/>
+    </row>
+    <row r="892" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E892" s="75"/>
+    </row>
+    <row r="893" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E893" s="75"/>
+    </row>
+    <row r="894" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E894" s="75"/>
+    </row>
+    <row r="895" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E895" s="75"/>
+    </row>
+    <row r="896" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E896" s="75"/>
+    </row>
+    <row r="897" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E897" s="75"/>
+    </row>
+    <row r="898" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E898" s="75"/>
+    </row>
+    <row r="899" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E899" s="75"/>
+    </row>
+    <row r="900" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E900" s="75"/>
+    </row>
+    <row r="901" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E901" s="75"/>
+    </row>
+    <row r="902" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E902" s="75"/>
+    </row>
+    <row r="903" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E903" s="75"/>
+    </row>
+    <row r="904" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E904" s="75"/>
+    </row>
+    <row r="905" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E905" s="75"/>
+    </row>
+    <row r="906" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E906" s="75"/>
+    </row>
+    <row r="907" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E907" s="75"/>
+    </row>
+    <row r="908" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E908" s="75"/>
+    </row>
+    <row r="909" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E909" s="75"/>
+    </row>
+    <row r="910" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E910" s="75"/>
+    </row>
+    <row r="911" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E911" s="75"/>
+    </row>
+    <row r="912" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E912" s="75"/>
+    </row>
+    <row r="913" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E913" s="75"/>
+    </row>
+    <row r="914" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E914" s="75"/>
+    </row>
+    <row r="915" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E915" s="75"/>
+    </row>
+    <row r="916" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E916" s="75"/>
+    </row>
+    <row r="917" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E917" s="75"/>
+    </row>
+    <row r="918" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E918" s="75"/>
+    </row>
+    <row r="919" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E919" s="75"/>
+    </row>
+    <row r="920" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E920" s="75"/>
+    </row>
+    <row r="921" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E921" s="75"/>
+    </row>
+    <row r="922" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E922" s="75"/>
+    </row>
+    <row r="923" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E923" s="75"/>
+    </row>
+    <row r="924" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E924" s="75"/>
+    </row>
+    <row r="925" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E925" s="75"/>
+    </row>
+    <row r="926" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E926" s="75"/>
+    </row>
+    <row r="927" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E927" s="75"/>
+    </row>
+    <row r="928" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E928" s="75"/>
+    </row>
+    <row r="929" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E929" s="75"/>
+    </row>
+    <row r="930" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E930" s="75"/>
+    </row>
+    <row r="931" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E931" s="75"/>
+    </row>
+    <row r="932" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E932" s="75"/>
+    </row>
+    <row r="933" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E933" s="75"/>
+    </row>
+    <row r="934" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E934" s="75"/>
+    </row>
+    <row r="935" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E935" s="75"/>
+    </row>
+    <row r="936" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E936" s="75"/>
+    </row>
+    <row r="937" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E937" s="75"/>
+    </row>
+    <row r="938" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E938" s="75"/>
+    </row>
+    <row r="939" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E939" s="75"/>
+    </row>
+    <row r="940" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E940" s="75"/>
+    </row>
+    <row r="941" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E941" s="75"/>
+    </row>
+    <row r="942" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E942" s="75"/>
+    </row>
+    <row r="943" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E943" s="75"/>
+    </row>
+    <row r="944" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E944" s="75"/>
+    </row>
+    <row r="945" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E945" s="75"/>
+    </row>
+    <row r="946" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E946" s="75"/>
+    </row>
+    <row r="947" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E947" s="75"/>
+    </row>
+    <row r="948" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E948" s="75"/>
+    </row>
+    <row r="949" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E949" s="75"/>
+    </row>
+    <row r="950" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E950" s="75"/>
+    </row>
+    <row r="951" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E951" s="75"/>
+    </row>
+    <row r="952" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E952" s="75"/>
+    </row>
+    <row r="953" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E953" s="75"/>
+    </row>
+    <row r="954" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E954" s="75"/>
+    </row>
+    <row r="955" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E955" s="75"/>
+    </row>
+    <row r="956" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E956" s="75"/>
+    </row>
+    <row r="957" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E957" s="75"/>
+    </row>
+    <row r="958" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E958" s="75"/>
+    </row>
+    <row r="959" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E959" s="75"/>
+    </row>
+    <row r="960" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E960" s="75"/>
+    </row>
+    <row r="961" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E961" s="75"/>
+    </row>
+    <row r="962" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E962" s="75"/>
+    </row>
+    <row r="963" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E963" s="75"/>
+    </row>
+    <row r="964" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E964" s="75"/>
+    </row>
+    <row r="965" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E965" s="75"/>
+    </row>
+    <row r="966" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E966" s="75"/>
+    </row>
+    <row r="967" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E967" s="75"/>
+    </row>
+    <row r="968" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E968" s="75"/>
+    </row>
+    <row r="969" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E969" s="75"/>
+    </row>
+    <row r="970" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E970" s="75"/>
+    </row>
+    <row r="971" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E971" s="75"/>
+    </row>
+    <row r="972" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E972" s="75"/>
+    </row>
+    <row r="973" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E973" s="75"/>
+    </row>
+    <row r="974" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E974" s="75"/>
+    </row>
+    <row r="975" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E975" s="75"/>
+    </row>
+    <row r="976" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E976" s="75"/>
+    </row>
+    <row r="977" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E977" s="75"/>
+    </row>
+    <row r="978" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E978" s="75"/>
+    </row>
+    <row r="979" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E979" s="75"/>
+    </row>
+    <row r="980" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E980" s="75"/>
+    </row>
+    <row r="981" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E981" s="75"/>
+    </row>
+    <row r="982" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E982" s="75"/>
+    </row>
+    <row r="983" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E983" s="75"/>
+    </row>
+    <row r="984" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E984" s="75"/>
+    </row>
+    <row r="985" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E985" s="75"/>
+    </row>
+    <row r="986" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E986" s="75"/>
+    </row>
+    <row r="987" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E987" s="75"/>
+    </row>
+    <row r="988" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E988" s="75"/>
+    </row>
+    <row r="989" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E989" s="75"/>
+    </row>
+    <row r="990" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E990" s="75"/>
+    </row>
+    <row r="991" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E991" s="75"/>
+    </row>
+    <row r="992" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E992" s="75"/>
+    </row>
+    <row r="993" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E993" s="75"/>
+    </row>
+    <row r="994" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E994" s="75"/>
+    </row>
+    <row r="995" spans="5:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E995" s="75"/>
     </row>
   </sheetData>
-  <printOptions/>
-  <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.7" right="0.7" top="0.75"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait"/>
-  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-[...2 lines deleted...]
-  </sheetPr>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1:G995"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="D18" sqref="D18"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.0"/>
+  <sheetFormatPr defaultColWidth="12.59765625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col customWidth="1" min="1" max="1" width="11.63"/>
-[...7 lines deleted...]
-    <col customWidth="1" min="9" max="26" width="8.63"/>
+    <col min="1" max="1" width="11.59765625" customWidth="1"/>
+    <col min="2" max="2" width="25" customWidth="1"/>
+    <col min="3" max="3" width="11.8984375" customWidth="1"/>
+    <col min="4" max="4" width="9" customWidth="1"/>
+    <col min="5" max="5" width="19" customWidth="1"/>
+    <col min="6" max="6" width="21.09765625" customWidth="1"/>
+    <col min="7" max="7" width="18.69921875" customWidth="1"/>
+    <col min="8" max="8" width="14" customWidth="1"/>
+    <col min="9" max="26" width="8.59765625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="14.25" customHeight="1">
-[...3 lines deleted...]
-      <c r="B1" s="64" t="s">
+    <row r="1" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="76" t="s">
+        <v>76</v>
+      </c>
+      <c r="B1" s="76" t="s">
+        <v>77</v>
+      </c>
+      <c r="C1" s="76" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1" s="76" t="s">
+        <v>78</v>
+      </c>
+      <c r="E1" s="76" t="s">
+        <v>79</v>
+      </c>
+      <c r="F1" s="76" t="s">
+        <v>80</v>
+      </c>
+      <c r="G1" s="76" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="77" t="s">
+        <v>82</v>
+      </c>
+      <c r="B2" s="77" t="s">
+        <v>83</v>
+      </c>
+      <c r="C2" s="77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" s="77" t="s">
+        <v>22</v>
+      </c>
+      <c r="E2" s="77" t="s">
+        <v>84</v>
+      </c>
+      <c r="F2" s="77" t="s">
+        <v>85</v>
+      </c>
+      <c r="G2" s="77" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="78" t="s">
+        <v>86</v>
+      </c>
+      <c r="B3" s="78" t="s">
+        <v>87</v>
+      </c>
+      <c r="C3" s="78" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" s="78" t="s">
+        <v>22</v>
+      </c>
+      <c r="E3" s="78" t="s">
+        <v>88</v>
+      </c>
+      <c r="F3" s="78" t="s">
+        <v>89</v>
+      </c>
+      <c r="G3" s="78" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="77" t="s">
+        <v>90</v>
+      </c>
+      <c r="B4" s="77" t="s">
+        <v>83</v>
+      </c>
+      <c r="C4" s="77" t="s">
+        <v>35</v>
+      </c>
+      <c r="D4" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" s="77" t="s">
+        <v>84</v>
+      </c>
+      <c r="F4" s="77" t="s">
+        <v>91</v>
+      </c>
+      <c r="G4" s="77" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="77" t="s">
+        <v>93</v>
+      </c>
+      <c r="B5" s="77" t="s">
+        <v>83</v>
+      </c>
+      <c r="C5" s="77" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" s="77" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" s="77" t="s">
+        <v>84</v>
+      </c>
+      <c r="F5" s="77" t="s">
+        <v>94</v>
+      </c>
+      <c r="G5" s="77" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="79" t="s">
+        <v>95</v>
+      </c>
+      <c r="B6" s="79" t="s">
+        <v>87</v>
+      </c>
+      <c r="C6" s="79" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" s="79" t="s">
+        <v>64</v>
+      </c>
+      <c r="E6" s="79" t="s">
+        <v>88</v>
+      </c>
+      <c r="F6" s="79" t="s">
+        <v>96</v>
+      </c>
+      <c r="G6" s="79" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="79" t="s">
+        <v>97</v>
+      </c>
+      <c r="B7" s="79" t="s">
+        <v>83</v>
+      </c>
+      <c r="C7" s="79" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" s="79" t="s">
+        <v>98</v>
+      </c>
+      <c r="E7" s="79" t="s">
+        <v>84</v>
+      </c>
+      <c r="F7" s="79" t="s">
+        <v>99</v>
+      </c>
+      <c r="G7" s="79" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="78" t="s">
+        <v>100</v>
+      </c>
+      <c r="B8" s="78" t="s">
+        <v>87</v>
+      </c>
+      <c r="C8" s="78" t="s">
+        <v>56</v>
+      </c>
+      <c r="D8" s="78" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" s="78" t="s">
+        <v>88</v>
+      </c>
+      <c r="F8" s="78" t="s">
+        <v>101</v>
+      </c>
+      <c r="G8" s="78" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="77" t="s">
+        <v>102</v>
+      </c>
+      <c r="B9" s="77" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" s="77" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="E9" s="77" t="s">
+        <v>84</v>
+      </c>
+      <c r="F9" s="77" t="s">
+        <v>103</v>
+      </c>
+      <c r="G9" s="77" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="78" t="s">
+        <v>104</v>
+      </c>
+      <c r="B10" s="78" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" s="78" t="s">
+        <v>62</v>
+      </c>
+      <c r="D10" s="78" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" s="78" t="s">
+        <v>88</v>
+      </c>
+      <c r="F10" s="78" t="s">
+        <v>105</v>
+      </c>
+      <c r="G10" s="78" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="77" t="s">
+        <v>108</v>
+      </c>
+      <c r="B11" s="77" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" s="77" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" s="77" t="s">
+        <v>64</v>
+      </c>
+      <c r="E11" s="77" t="s">
+        <v>84</v>
+      </c>
+      <c r="F11" s="77" t="s">
+        <v>107</v>
+      </c>
+      <c r="G11" s="77" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="77" t="s">
+        <v>109</v>
+      </c>
+      <c r="B12" s="77" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" s="77" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" s="77" t="s">
+        <v>64</v>
+      </c>
+      <c r="E12" s="77" t="s">
+        <v>84</v>
+      </c>
+      <c r="F12" s="77" t="s">
+        <v>110</v>
+      </c>
+      <c r="G12" s="77" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="78" t="s">
+        <v>111</v>
+      </c>
+      <c r="B13" s="78" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" s="78" t="s">
+        <v>70</v>
+      </c>
+      <c r="D13" s="78" t="s">
+        <v>22</v>
+      </c>
+      <c r="E13" s="78" t="s">
+        <v>88</v>
+      </c>
+      <c r="F13" s="78" t="s">
+        <v>112</v>
+      </c>
+      <c r="G13" s="78" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="78" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" s="78" t="s">
+        <v>87</v>
+      </c>
+      <c r="C14" s="78" t="s">
+        <v>72</v>
+      </c>
+      <c r="D14" s="78" t="s">
+        <v>22</v>
+      </c>
+      <c r="E14" s="78" t="s">
+        <v>88</v>
+      </c>
+      <c r="F14" s="78" t="s">
+        <v>114</v>
+      </c>
+      <c r="G14" s="78" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="78" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" s="78" t="s">
+        <v>87</v>
+      </c>
+      <c r="C15" s="78" t="s">
         <v>74</v>
       </c>
-      <c r="C1" s="64" t="s">
-[...25 lines deleted...]
-      <c r="D2" s="65" t="s">
+      <c r="D15" s="78" t="s">
         <v>22</v>
       </c>
-      <c r="E2" s="65" t="s">
-[...5 lines deleted...]
-      <c r="G2" s="65" t="s">
+      <c r="E15" s="78" t="s">
+        <v>88</v>
+      </c>
+      <c r="F15" s="78" t="s">
+        <v>99</v>
+      </c>
+      <c r="G15" s="78" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="3" ht="14.25" customHeight="1">
-[...23 lines deleted...]
-      <c r="A4" s="65" t="s">
+    <row r="16" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="78" t="s">
+        <v>106</v>
+      </c>
+      <c r="B16" s="78" t="s">
         <v>87</v>
       </c>
-      <c r="B4" s="65" t="s">
-[...11 lines deleted...]
-      <c r="F4" s="65" t="s">
+      <c r="C16" s="80">
+        <v>46088</v>
+      </c>
+      <c r="D16" s="78" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="78" t="s">
         <v>88</v>
       </c>
-      <c r="G4" s="65" t="s">
-[...42 lines deleted...]
-      <c r="F6" s="67" t="s">
+      <c r="F16" s="78" t="s">
+        <v>107</v>
+      </c>
+      <c r="G16" s="78" t="s">
         <v>92</v>
       </c>
-      <c r="G6" s="67" t="s">
-[...1212 lines deleted...]
-    <row r="996" ht="14.25" customHeight="1"/>
+    </row>
+    <row r="17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="18" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="19" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="20" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="21" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="22" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="23" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="24" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="25" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="28" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="29" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="30" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="31" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="32" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="37" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="38" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="39" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="40" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="41" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="42" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="43" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="45" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="46" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="47" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="48" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="49" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="50" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="51" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="52" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="53" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="54" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="55" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="56" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="57" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="58" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="59" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="60" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="61" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="62" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="63" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="64" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="65" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="66" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="67" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="68" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="69" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="70" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="71" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="72" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="73" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="74" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="75" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="76" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="77" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="78" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="79" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="80" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="81" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="82" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="83" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="84" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="85" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="86" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="101" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="102" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="103" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="104" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="105" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="106" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="107" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="108" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="109" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="110" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="111" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="112" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="113" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="114" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="115" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="116" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="117" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="118" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="119" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="120" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="121" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="122" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="123" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="124" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="125" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="126" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="127" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="128" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="129" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="130" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="131" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="132" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="133" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="134" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="135" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="136" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="137" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="138" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="139" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="140" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="141" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="142" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="143" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="144" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="145" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="146" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="147" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="148" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="149" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="150" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="151" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="152" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="153" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="154" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="155" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="156" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="157" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="158" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="159" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="160" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="161" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="162" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="163" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="164" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="165" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="166" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="167" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="168" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="169" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="170" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="171" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="172" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="173" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="174" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="175" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="176" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="177" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="178" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="179" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="180" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="181" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="182" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="183" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="184" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="185" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="186" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="187" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="188" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="189" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="190" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="191" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="192" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="193" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="194" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="195" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="196" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="197" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="198" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="199" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="200" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="201" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="202" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="203" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="204" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="205" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="206" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="207" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="208" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="209" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="210" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="211" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="212" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="213" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="214" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="215" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="216" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="217" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="218" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="219" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="220" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="221" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="222" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="223" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="224" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="225" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="226" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="227" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="228" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="229" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="230" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="231" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="232" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="233" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="234" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="235" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="236" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="237" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="238" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="239" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="240" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="241" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="242" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="243" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="244" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="245" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="246" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="247" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="248" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="249" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="250" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="251" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="252" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="253" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="254" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="255" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="256" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="257" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="258" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="259" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="260" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="261" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="262" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="263" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="264" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="265" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="266" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="267" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="268" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="269" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="270" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="271" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="272" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="273" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="274" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="275" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="276" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="277" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="278" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="279" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="280" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="281" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="282" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="283" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="284" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="285" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="286" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="287" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="288" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="289" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="290" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="291" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="292" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="293" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="294" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="295" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="296" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="297" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="298" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="299" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="300" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="301" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="302" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="303" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="304" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="305" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="306" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="307" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="308" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="309" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="310" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="311" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="312" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="313" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="314" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="315" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="316" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="317" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="318" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="319" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="320" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="321" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="322" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="323" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="324" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="325" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="326" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="327" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="328" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="329" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="330" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="331" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="332" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="333" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="334" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="335" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="336" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="337" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="338" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="339" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="340" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="341" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="342" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="343" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="344" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="345" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="346" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="347" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="348" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="349" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="350" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="351" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="352" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="353" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="354" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="355" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="356" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="357" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="358" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="359" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="360" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="361" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="362" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="363" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="364" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="365" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="366" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="367" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="368" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="369" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="370" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="371" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="372" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="373" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="374" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="375" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="376" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="377" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="378" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="379" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="380" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="381" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="382" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="383" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="384" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="385" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="386" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="387" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="388" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="389" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="390" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="391" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="392" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="393" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="394" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="395" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="396" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="397" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="398" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="399" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="400" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="401" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="402" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="403" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="404" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="405" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="406" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="407" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="408" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="409" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="410" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="411" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="412" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="413" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="414" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="415" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="416" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="417" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="418" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="419" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="420" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="421" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="422" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="423" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="424" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="425" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="426" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="427" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="428" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="429" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="430" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="431" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="432" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="433" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="434" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="435" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="436" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="437" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="438" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="439" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="440" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="441" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="442" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="443" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="444" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="445" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="446" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="447" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="448" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="449" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="450" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="451" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="452" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="453" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="454" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="455" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="456" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="457" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="458" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="459" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="460" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="461" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="462" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="463" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="464" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="465" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="466" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="467" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="468" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="469" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="470" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="471" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="472" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="473" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="474" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="475" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="476" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="477" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="478" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="479" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="480" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="481" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="482" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="483" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="484" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="485" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="486" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="487" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="488" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="489" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="490" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="491" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="492" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="493" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="494" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="495" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="496" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="497" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="498" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="499" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="500" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="501" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="502" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="503" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="504" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="505" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="506" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="507" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="508" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="509" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="510" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="511" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="512" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="513" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="514" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="515" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="516" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="517" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="518" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="519" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="520" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="521" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="522" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="523" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="524" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="525" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="526" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="527" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="528" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="529" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="530" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="531" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="532" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="533" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="534" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="535" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="536" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="537" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="538" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="539" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="540" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="541" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="542" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="543" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="544" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="545" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="546" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="547" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="548" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="549" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="550" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="551" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="552" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="553" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="554" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="555" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="556" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="557" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="558" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="559" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="560" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="561" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="562" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="563" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="564" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="565" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="566" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="567" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="568" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="569" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="570" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="571" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="572" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="573" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="574" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="575" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="576" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="577" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="578" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="579" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="580" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="581" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="582" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="583" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="584" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="585" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="586" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="587" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="588" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="589" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="590" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="591" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="592" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="593" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="594" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="595" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="596" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="597" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="598" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="599" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="600" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="601" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="602" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="603" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="604" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="605" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="606" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="607" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="608" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="609" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="610" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="611" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="612" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="613" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="614" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="615" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="616" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="617" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="618" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="619" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="620" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="621" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="622" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="623" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="624" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="625" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="626" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="627" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="628" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="629" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="630" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="631" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="632" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="633" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="634" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="635" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="636" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="637" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="638" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="639" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="640" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="641" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="642" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="643" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="644" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="645" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="646" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="647" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="648" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="649" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="650" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="651" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="652" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="653" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="654" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="655" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="656" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="657" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="658" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="659" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="660" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="661" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="662" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="663" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="664" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="665" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="666" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="667" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="668" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="669" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="670" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="671" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="672" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="673" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="674" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="675" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="676" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="677" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="678" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="679" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="680" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="681" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="682" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="683" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="684" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="685" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="686" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="687" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="688" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="689" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="690" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="691" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="692" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="693" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="694" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="695" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="696" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="697" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="698" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="699" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="700" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="701" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="702" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="703" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="704" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="705" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="706" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="707" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="708" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="709" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="710" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="711" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="712" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="713" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="714" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="715" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="716" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="717" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="718" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="719" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="720" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="721" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="722" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="723" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="724" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="725" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="726" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="727" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="728" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="729" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="730" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="731" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="732" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="733" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="734" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="735" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="736" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="737" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="738" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="739" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="740" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="741" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="742" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="743" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="744" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="745" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="746" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="747" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="748" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="749" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="750" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="751" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="752" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="753" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="754" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="755" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="756" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="757" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="758" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="759" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="760" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="761" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="762" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="763" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="764" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="765" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="766" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="767" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="768" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="769" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="770" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="771" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="772" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="773" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="774" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="775" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="776" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="777" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="778" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="779" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="780" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="781" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="782" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="783" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="784" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="785" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="786" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="787" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="788" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="789" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="790" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="791" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="792" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="793" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="794" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="795" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="796" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="797" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="798" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="799" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="800" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="801" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="802" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="803" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="804" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="805" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="806" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="807" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="808" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="809" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="810" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="811" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="812" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="813" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="814" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="815" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="816" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="817" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="818" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="819" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="820" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="821" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="822" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="823" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="824" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="825" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="826" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="827" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="828" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="829" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="830" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="831" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="832" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="833" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="834" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="835" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="836" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="837" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="838" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="839" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="840" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="841" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="842" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="843" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="844" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="845" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="846" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="847" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="848" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="849" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="850" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="851" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="852" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="853" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="854" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="855" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="856" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="857" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="858" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="859" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="860" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="861" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="862" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="863" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="864" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="865" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="866" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="867" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="868" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="869" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="870" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="871" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="872" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="873" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="874" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="875" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="876" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="877" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="878" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="879" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="880" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="881" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="882" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="883" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="884" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="885" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="886" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="887" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="888" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="889" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="890" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="891" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="892" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="893" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="894" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="895" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="896" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="897" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="898" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="899" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="900" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="901" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="902" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="903" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="904" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="905" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="906" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="907" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="908" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="909" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="910" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="911" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="912" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="913" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="914" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="915" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="916" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="917" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="918" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="919" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="920" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="921" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="922" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="923" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="924" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="925" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="926" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="927" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="928" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="929" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="930" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="931" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="932" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="933" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="934" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="935" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="936" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="937" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="938" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="939" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="940" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="941" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="942" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="943" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="944" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="945" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="946" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="947" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="948" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="949" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="950" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="951" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="952" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="953" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="954" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="955" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="956" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="957" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="958" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="959" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="960" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="961" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="962" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="963" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="964" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="965" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="966" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="967" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="968" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="969" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="970" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="971" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="972" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="973" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="974" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="975" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="976" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="977" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="978" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="979" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="980" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="981" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="982" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="983" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="984" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="985" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="986" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="987" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="988" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="989" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="990" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="991" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="992" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="993" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="994" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="995" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <printOptions/>
-  <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.7" right="0.7" top="0.75"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait"/>
-  <drawing r:id="rId1"/>
 </worksheet>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Kalkylblad</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Matchvärdar Sekschema</vt:lpstr>
+      <vt:lpstr>Spelschema</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Jenny Wallin</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>Jenny Wallin</dc:creator>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>