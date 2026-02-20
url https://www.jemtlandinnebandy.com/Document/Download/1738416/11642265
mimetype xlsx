--- v1 (2025-12-20)
+++ v2 (2026-02-20)
@@ -1,74 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/xl/metadata" ContentType="application/binary"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/binary" PartName="/xl/metadata"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...7 lines deleted...]
-  </bookViews>
   <sheets>
-    <sheet name="Matchvärdar Sekschema" sheetId="1" r:id="rId1"/>
-    <sheet name="Spelschema" sheetId="2" r:id="rId2"/>
+    <sheet state="visible" name="Matchvärdar Sekschema" sheetId="1" r:id="rId4"/>
+    <sheet state="visible" name="Spelschema" sheetId="2" r:id="rId5"/>
   </sheets>
-  <calcPr calcId="0"/>
+  <definedNames/>
+  <calcPr/>
   <extLst>
     <ext uri="GoogleSheetsCustomDataVersion2">
-      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId6" roundtripDataChecksum="xlUG09VgK8uxTWq2J2i67JSlDrFBAdT2mkzM4y6TzCM="/>
+      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId6" roundtripDataChecksum="xjI8zq3VQLxRHc8zvNo2IzraXGOCyBADgZ/zZkGD3Zo="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="272" uniqueCount="128">
   <si>
     <t>Arbetsschema hemmamatcher säsong 2025-2026</t>
   </si>
   <si>
     <t>Arbetsuppgifter matchvärdar;</t>
   </si>
   <si>
     <t>Vad som ingår i arbetsuppgifter för matchvärdar finns specificerat i dokument på laget.se under "Hemmamatch"</t>
   </si>
   <si>
     <t>Sargvakter, inkl. uppsättning och nedplock av sarg, stolar och matta (4 vuxna + barn)</t>
   </si>
   <si>
     <t>Fik - bakning och bemaning (3st)</t>
   </si>
   <si>
     <t>Livesändning av match (1st)</t>
   </si>
   <si>
     <t>Grov städ av läkare och korridorer (alla)</t>
   </si>
   <si>
     <t>Herrmatch</t>
   </si>
   <si>
@@ -206,98 +199,149 @@
   <si>
     <t>P11-13</t>
   </si>
   <si>
     <t>Maria/Veronica</t>
   </si>
   <si>
     <t>Johan E</t>
   </si>
   <si>
     <t>-- Fri entre</t>
   </si>
   <si>
     <t>2025-11-16</t>
   </si>
   <si>
     <t>13.30 - 17.00</t>
   </si>
   <si>
     <t>F15-18</t>
   </si>
   <si>
     <t>Malin F</t>
   </si>
   <si>
-    <t>Peter</t>
+    <t>Peter A</t>
   </si>
   <si>
     <t>2025-12-05</t>
   </si>
   <si>
     <t>2025-12-13</t>
   </si>
   <si>
     <t>11.30 - 15.00</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>2026-01-10</t>
   </si>
   <si>
     <t>11.30 - 15.30</t>
   </si>
   <si>
     <t>P16</t>
   </si>
   <si>
+    <t>Åke (Jenny)</t>
+  </si>
+  <si>
+    <t>Carina</t>
+  </si>
+  <si>
     <t>2026-01-24</t>
   </si>
   <si>
     <t>P17-18</t>
   </si>
   <si>
     <t>2026-01-25</t>
   </si>
   <si>
     <t>10.30 - 14.00</t>
   </si>
   <si>
+    <t>Johan</t>
+  </si>
+  <si>
     <t>2026-02-15</t>
   </si>
   <si>
     <t>F18-19</t>
   </si>
   <si>
+    <t>Daniel T</t>
+  </si>
+  <si>
+    <t>15:00-18:30</t>
+  </si>
+  <si>
+    <t>16:00</t>
+  </si>
+  <si>
+    <t>Maria S</t>
+  </si>
+  <si>
+    <t>18:30-22:00</t>
+  </si>
+  <si>
     <t>2026-02-28</t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <strike/>
+        <color rgb="FF000000"/>
+        <sz val="11.0"/>
+      </rPr>
+      <t xml:space="preserve">10.30 - 14.00 </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <b/>
+        <strike val="0"/>
+        <color rgb="FFFF0000"/>
+        <sz val="11.0"/>
+      </rPr>
+      <t xml:space="preserve"> WO</t>
+    </r>
+  </si>
+  <si>
     <t>14.00 - 17.00</t>
   </si>
   <si>
+    <t>11:30-15:30</t>
+  </si>
+  <si>
+    <t>Östersunds</t>
+  </si>
+  <si>
     <t>MatchNr</t>
   </si>
   <si>
     <t>Tävling</t>
   </si>
   <si>
     <t>Tid</t>
   </si>
   <si>
     <t>Hemmalag</t>
   </si>
   <si>
     <t>Bortalag</t>
   </si>
   <si>
     <t>Anläggning</t>
   </si>
   <si>
     <t>241202002</t>
   </si>
   <si>
     <t xml:space="preserve">Herrar Division 2 Mittsverige </t>
   </si>
   <si>
     <t>Jemtland Innebandy</t>
@@ -345,876 +389,796 @@
     <t>15:30</t>
   </si>
   <si>
     <t>Klockarbergets BK</t>
   </si>
   <si>
     <t>242201028</t>
   </si>
   <si>
     <t>Örnsköldsvik IBK</t>
   </si>
   <si>
     <t>241202035</t>
   </si>
   <si>
     <t>FBC Lo</t>
   </si>
   <si>
     <t>242201036</t>
   </si>
   <si>
     <t xml:space="preserve">Sundsvall FBC Ungdom </t>
   </si>
   <si>
     <t>242201040</t>
+  </si>
+  <si>
+    <t>2025-12-20</t>
   </si>
   <si>
     <t>Örnsköldsvik IBF</t>
   </si>
   <si>
     <t>241202047</t>
   </si>
   <si>
     <t>241202053</t>
   </si>
   <si>
     <t xml:space="preserve">Moälvens IBK Ungdom </t>
   </si>
   <si>
     <t>242201052</t>
   </si>
   <si>
     <t>Östersund IBK Damer</t>
   </si>
   <si>
     <t>242201060</t>
   </si>
   <si>
     <t>Sundsvalls IBF D1/JAS</t>
   </si>
   <si>
     <t>242201068</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...1 lines deleted...]
-    <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
+    <numFmt numFmtId="165" formatCode="yyyy-MM-dd"/>
   </numFmts>
-  <fonts count="16" x14ac:knownFonts="1">
+  <fonts count="17">
     <font>
-      <sz val="11"/>
+      <sz val="11.0"/>
       <color theme="1"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
-      <sz val="14"/>
+      <sz val="14.0"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <u/>
-      <sz val="11"/>
+      <sz val="11.0"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <u/>
-      <sz val="11"/>
+      <sz val="11.0"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="11.0"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
+      <sz val="11.0"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <sz val="10"/>
+      <sz val="10.0"/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <u/>
-      <sz val="11"/>
+      <sz val="11.0"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <sz val="12"/>
+      <sz val="12.0"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
-      <sz val="12"/>
+      <sz val="12.0"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
-      <sz val="12"/>
+      <sz val="12.0"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="11.0"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
+      <sz val="11.0"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
-      <sz val="10"/>
+      <strike/>
+      <sz val="11.0"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="10.0"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="11.0"/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
+      <sz val="10.0"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125"/>
+      <patternFill patternType="lightGray"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCCE6FC"/>
         <bgColor rgb="FFCCE6FC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF6D6E2"/>
         <bgColor rgb="FFF6D6E2"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD4E6B1"/>
         <bgColor rgb="FFD4E6B1"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFAFDEFB"/>
         <bgColor rgb="FFAFDEFB"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="31">
+  <borders count="27">
+    <border/>
     <border>
-      <left/>
-[...3 lines deleted...]
-      <diagonal/>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
-      <top style="thin">
+      <top style="medium">
         <color rgb="FF000000"/>
       </top>
-      <bottom style="thin">
+      <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
-      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
-      <right style="thin">
+      <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
-      <diagonal/>
+    </border>
+    <border>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+    </border>
+    <border>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
-      <top style="medium">
-[...65 lines deleted...]
-      </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
-      <diagonal/>
-[...12 lines deleted...]
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
-      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
-      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
-      <bottom/>
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
-      <bottom/>
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
-      <bottom/>
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
-      <bottom/>
-      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
-      <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
-      <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
-      <diagonal/>
-[...57 lines deleted...]
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD3D3D3"/>
       </left>
       <right style="thin">
         <color rgb="FFD3D3D3"/>
       </right>
-      <top/>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD3D3D3"/>
       </left>
       <right style="thin">
         <color rgb="FFD3D3D3"/>
       </right>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
-      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD3D3D3"/>
       </left>
       <right style="thin">
         <color rgb="FFD3D3D3"/>
       </right>
-      <top/>
-[...1 lines deleted...]
-      <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf borderId="0" fillId="0" fontId="0" numFmtId="0" applyAlignment="1" applyFont="1"/>
   </cellStyleXfs>
-  <cellXfs count="81">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+  <cellXfs count="85">
+    <xf borderId="0" fillId="0" fontId="0" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
+    </xf>
+    <xf borderId="0" fillId="0" fontId="1" numFmtId="0" xfId="0" applyFont="1"/>
+    <xf borderId="0" fillId="0" fontId="2" numFmtId="0" xfId="0" applyFont="1"/>
+    <xf borderId="0" fillId="0" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf borderId="0" fillId="0" fontId="4" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf borderId="0" fillId="0" fontId="5" numFmtId="0" xfId="0" applyFont="1"/>
+    <xf borderId="0" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf borderId="0" fillId="0" fontId="7" numFmtId="0" xfId="0" applyFont="1"/>
+    <xf borderId="1" fillId="2" fontId="8" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="1" fillId="3" fontId="8" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="1" fillId="4" fontId="8" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="0" fillId="0" fontId="9" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf borderId="0" fillId="0" fontId="10" numFmtId="0" xfId="0" applyFont="1"/>
+    <xf borderId="0" fillId="0" fontId="9" numFmtId="0" xfId="0" applyFont="1"/>
+    <xf borderId="2" fillId="0" fontId="10" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
+    <xf borderId="3" fillId="0" fontId="10" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
+    <xf borderId="3" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf borderId="3" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="0"/>
+    </xf>
+    <xf borderId="4" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf borderId="2" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf borderId="5" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf borderId="6" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf borderId="7" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf borderId="8" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="9" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="10" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="8" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="9" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="11" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="12" fillId="3" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="1" fillId="3" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="13" fillId="3" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="12" fillId="3" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="1" fillId="3" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="14" fillId="3" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="12" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="1" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="1" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="13" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="12" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="14" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="12" fillId="4" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="1" fillId="4" fontId="12" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="1" fillId="4" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="13" fillId="4" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="12" fillId="4" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="1" fillId="4" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="14" fillId="4" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="13" fillId="3" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="15" fillId="3" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="16" fillId="3" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="17" fillId="3" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="15" fillId="3" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="16" fillId="3" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="18" fillId="3" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="19" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="20" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="21" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="19" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="20" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="22" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="23" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="14" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="23" fillId="3" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="14" fillId="3" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="12" fillId="5" fontId="11" numFmtId="164" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="23" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="12" fillId="3" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="1" fillId="3" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="1" fillId="3" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="23" fillId="3" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="12" fillId="3" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="14" fillId="3" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="1" fillId="3" fontId="11" numFmtId="165" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="1" fillId="3" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="0" fillId="0" fontId="4" numFmtId="0" xfId="0" applyFont="1"/>
+    <xf borderId="24" fillId="0" fontId="14" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="0" fillId="0" fontId="15" numFmtId="0" xfId="0" applyFont="1"/>
+    <xf borderId="25" fillId="0" fontId="14" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="26" fillId="0" fontId="14" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="0" fillId="0" fontId="15" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...167 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    <xf borderId="1" fillId="0" fontId="16" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="1" fillId="5" fontId="14" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="1" fillId="3" fontId="14" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
+    <xf borderId="1" fillId="4" fontId="14" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="left" readingOrder="1" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle xfId="0" name="Normal" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-[...7 lines deleted...]
-  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="00005A"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="95C23D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="D43372"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="058470"/>
@@ -1360,4934 +1324,5040 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:K995"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+  <sheetPr>
+    <pageSetUpPr/>
+  </sheetPr>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.59765625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.0"/>
   <cols>
-    <col min="2" max="2" width="22.09765625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="11" max="26" width="8.59765625" customWidth="1"/>
+    <col customWidth="1" min="2" max="2" width="22.13"/>
+    <col customWidth="1" min="3" max="3" width="14.5"/>
+    <col customWidth="1" min="4" max="4" width="15.13"/>
+    <col customWidth="1" min="5" max="5" width="19.75"/>
+    <col customWidth="1" min="6" max="6" width="13.13"/>
+    <col customWidth="1" min="7" max="7" width="14.38"/>
+    <col customWidth="1" min="8" max="9" width="16.25"/>
+    <col customWidth="1" min="10" max="10" width="23.38"/>
+    <col customWidth="1" min="11" max="26" width="8.63"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" ht="14.25" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="2"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
     </row>
-    <row r="2" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" ht="14.25" customHeight="1">
       <c r="A2" s="5"/>
       <c r="C2" s="6"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
-    <row r="3" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" ht="14.25" customHeight="1">
       <c r="A3" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="4"/>
       <c r="E3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
     </row>
-    <row r="4" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" ht="14.25" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="6"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
     </row>
-    <row r="5" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" ht="14.25" customHeight="1">
       <c r="A5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="6"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
     </row>
-    <row r="6" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" ht="14.25" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="6"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
     </row>
-    <row r="7" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" ht="14.25" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="6"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
     </row>
-    <row r="8" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" ht="14.25" customHeight="1">
       <c r="C8" s="6"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
     </row>
-    <row r="9" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" ht="14.25" customHeight="1">
       <c r="A9" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="10" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="11"/>
       <c r="F9" s="11"/>
       <c r="G9" s="11"/>
       <c r="H9" s="11"/>
       <c r="I9" s="11"/>
       <c r="J9" s="12"/>
       <c r="K9" s="5"/>
     </row>
-    <row r="10" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" ht="14.25" customHeight="1">
       <c r="A10" s="13"/>
       <c r="B10" s="13"/>
       <c r="C10" s="11"/>
       <c r="D10" s="13"/>
       <c r="E10" s="11"/>
       <c r="F10" s="11"/>
       <c r="G10" s="11"/>
       <c r="H10" s="11"/>
       <c r="I10" s="11"/>
       <c r="J10" s="12"/>
       <c r="K10" s="5"/>
     </row>
-    <row r="11" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" ht="14.25" customHeight="1">
       <c r="A11" s="14" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="15" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="16" t="s">
         <v>12</v>
       </c>
       <c r="D11" s="17" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="18" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="19" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="18" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="20" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="21" t="s">
         <v>18</v>
       </c>
       <c r="J11" s="22" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="5"/>
     </row>
-    <row r="12" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" ht="14.25" customHeight="1">
       <c r="A12" s="23" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="24" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="24" t="s">
         <v>22</v>
       </c>
       <c r="D12" s="24" t="s">
         <v>23</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>24</v>
       </c>
       <c r="F12" s="26" t="s">
         <v>25</v>
       </c>
       <c r="G12" s="27" t="s">
         <v>26</v>
       </c>
       <c r="H12" s="27" t="s">
         <v>27</v>
       </c>
       <c r="I12" s="27"/>
       <c r="J12" s="28" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="5"/>
     </row>
-    <row r="13" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" ht="14.25" customHeight="1">
       <c r="A13" s="29" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="30" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="30" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="30" t="s">
         <v>23</v>
       </c>
       <c r="E13" s="31" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="32" t="s">
         <v>31</v>
       </c>
       <c r="G13" s="33" t="s">
         <v>32</v>
       </c>
       <c r="H13" s="33" t="s">
         <v>33</v>
       </c>
       <c r="I13" s="30"/>
       <c r="J13" s="34" t="s">
         <v>34</v>
       </c>
       <c r="K13" s="5"/>
     </row>
-    <row r="14" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" ht="14.25" customHeight="1">
       <c r="A14" s="35" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="36" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="36" t="s">
         <v>37</v>
       </c>
       <c r="D14" s="37" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="38" t="s">
         <v>39</v>
       </c>
       <c r="F14" s="39" t="s">
         <v>31</v>
       </c>
       <c r="G14" s="37" t="s">
         <v>26</v>
       </c>
       <c r="H14" s="37" t="s">
         <v>27</v>
       </c>
       <c r="I14" s="36"/>
       <c r="J14" s="40" t="s">
         <v>40</v>
       </c>
       <c r="K14" s="5"/>
     </row>
-    <row r="15" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" ht="14.25" customHeight="1">
       <c r="A15" s="35" t="s">
         <v>41</v>
       </c>
       <c r="B15" s="36" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="36" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="36" t="s">
         <v>23</v>
       </c>
       <c r="E15" s="38" t="s">
         <v>44</v>
       </c>
       <c r="F15" s="39" t="s">
         <v>45</v>
       </c>
       <c r="G15" s="37" t="s">
         <v>46</v>
       </c>
       <c r="H15" s="37" t="s">
         <v>47</v>
       </c>
       <c r="I15" s="36"/>
       <c r="J15" s="40" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="16" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" ht="14.25" customHeight="1">
       <c r="A16" s="41" t="s">
         <v>49</v>
       </c>
       <c r="B16" s="42" t="s">
         <v>50</v>
       </c>
       <c r="C16" s="43" t="s">
         <v>51</v>
       </c>
       <c r="D16" s="43" t="s">
         <v>23</v>
       </c>
       <c r="E16" s="44" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="45" t="s">
         <v>45</v>
       </c>
       <c r="G16" s="46" t="s">
         <v>53</v>
       </c>
       <c r="H16" s="46" t="s">
         <v>33</v>
       </c>
       <c r="I16" s="46" t="s">
         <v>54</v>
       </c>
       <c r="J16" s="47" t="s">
         <v>55</v>
       </c>
       <c r="K16" s="5"/>
     </row>
-    <row r="17" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" ht="14.25" customHeight="1">
       <c r="A17" s="29" t="s">
         <v>56</v>
       </c>
       <c r="B17" s="30" t="s">
         <v>57</v>
       </c>
       <c r="C17" s="30" t="s">
         <v>43</v>
       </c>
       <c r="D17" s="30" t="s">
         <v>23</v>
       </c>
       <c r="E17" s="48" t="s">
         <v>58</v>
       </c>
       <c r="F17" s="32" t="s">
         <v>31</v>
       </c>
       <c r="G17" s="33" t="s">
         <v>59</v>
       </c>
       <c r="H17" s="33" t="s">
         <v>33</v>
       </c>
       <c r="I17" s="30"/>
       <c r="J17" s="34" t="s">
         <v>60</v>
       </c>
       <c r="K17" s="5"/>
     </row>
-    <row r="18" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" ht="14.25" customHeight="1">
       <c r="A18" s="35" t="s">
         <v>61</v>
       </c>
       <c r="B18" s="36" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="36" t="s">
         <v>37</v>
       </c>
       <c r="D18" s="37" t="s">
         <v>38</v>
       </c>
       <c r="E18" s="38" t="s">
         <v>24</v>
       </c>
       <c r="F18" s="39" t="s">
         <v>45</v>
       </c>
       <c r="G18" s="37" t="s">
         <v>46</v>
       </c>
       <c r="H18" s="37" t="s">
         <v>47</v>
       </c>
       <c r="I18" s="36"/>
-      <c r="J18" s="40"/>
+      <c r="J18" s="40" t="s">
+        <v>24</v>
+      </c>
       <c r="K18" s="5"/>
     </row>
-    <row r="19" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" ht="14.25" customHeight="1">
       <c r="A19" s="49" t="s">
         <v>62</v>
       </c>
       <c r="B19" s="50" t="s">
         <v>63</v>
       </c>
       <c r="C19" s="50" t="s">
         <v>64</v>
       </c>
       <c r="D19" s="50" t="s">
         <v>23</v>
       </c>
       <c r="E19" s="51" t="s">
         <v>44</v>
       </c>
       <c r="F19" s="52" t="s">
         <v>45</v>
       </c>
       <c r="G19" s="53" t="s">
         <v>32</v>
       </c>
       <c r="H19" s="53" t="s">
         <v>33</v>
       </c>
       <c r="I19" s="50"/>
-      <c r="J19" s="54"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="J19" s="54" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="20" ht="14.25" customHeight="1">
       <c r="A20" s="55" t="s">
         <v>65</v>
       </c>
       <c r="B20" s="56" t="s">
         <v>66</v>
       </c>
       <c r="C20" s="56" t="s">
         <v>64</v>
       </c>
       <c r="D20" s="56" t="s">
         <v>23</v>
       </c>
       <c r="E20" s="57" t="s">
         <v>67</v>
       </c>
-      <c r="F20" s="55"/>
-[...1 lines deleted...]
-      <c r="H20" s="56"/>
+      <c r="F20" s="58" t="s">
+        <v>68</v>
+      </c>
+      <c r="G20" s="59" t="s">
+        <v>46</v>
+      </c>
+      <c r="H20" s="59" t="s">
+        <v>33</v>
+      </c>
       <c r="I20" s="56"/>
-      <c r="J20" s="59"/>
+      <c r="J20" s="60" t="s">
+        <v>69</v>
+      </c>
       <c r="K20" s="5"/>
     </row>
-    <row r="21" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" ht="14.25" customHeight="1">
       <c r="A21" s="35" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B21" s="36" t="s">
         <v>66</v>
       </c>
       <c r="C21" s="36" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="36" t="s">
         <v>23</v>
       </c>
-      <c r="E21" s="60" t="s">
-[...4 lines deleted...]
-      <c r="H21" s="36"/>
+      <c r="E21" s="61" t="s">
+        <v>71</v>
+      </c>
+      <c r="F21" s="39" t="s">
+        <v>45</v>
+      </c>
+      <c r="G21" s="37" t="s">
+        <v>46</v>
+      </c>
+      <c r="H21" s="37" t="s">
+        <v>33</v>
+      </c>
       <c r="I21" s="36"/>
-      <c r="J21" s="61"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="J21" s="62"/>
+    </row>
+    <row r="22" ht="14.25" customHeight="1">
       <c r="A22" s="29" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B22" s="30" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C22" s="30" t="s">
         <v>22</v>
       </c>
       <c r="D22" s="30" t="s">
         <v>23</v>
       </c>
-      <c r="E22" s="62" t="s">
+      <c r="E22" s="63" t="s">
         <v>39</v>
       </c>
-      <c r="F22" s="29"/>
-[...1 lines deleted...]
-      <c r="H22" s="30"/>
+      <c r="F22" s="32" t="s">
+        <v>45</v>
+      </c>
+      <c r="G22" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="H22" s="33" t="s">
+        <v>74</v>
+      </c>
       <c r="I22" s="30"/>
-      <c r="J22" s="63"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="J22" s="64"/>
+    </row>
+    <row r="23" ht="14.25" customHeight="1">
       <c r="A23" s="29" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B23" s="30" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C23" s="30" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="30" t="s">
         <v>23</v>
       </c>
-      <c r="E23" s="62" t="s">
-[...4 lines deleted...]
-      <c r="H23" s="30"/>
+      <c r="E23" s="63" t="s">
+        <v>76</v>
+      </c>
+      <c r="F23" s="32" t="s">
+        <v>31</v>
+      </c>
+      <c r="G23" s="33" t="s">
+        <v>77</v>
+      </c>
+      <c r="H23" s="33" t="s">
+        <v>74</v>
+      </c>
       <c r="I23" s="30"/>
-      <c r="J23" s="63"/>
-[...2 lines deleted...]
-      <c r="A24" s="29" t="s">
+      <c r="J23" s="64"/>
+    </row>
+    <row r="24" ht="14.25" customHeight="1">
+      <c r="A24" s="65">
+        <v>46075.0</v>
+      </c>
+      <c r="B24" s="37" t="s">
+        <v>78</v>
+      </c>
+      <c r="C24" s="37" t="s">
+        <v>79</v>
+      </c>
+      <c r="D24" s="37" t="s">
+        <v>38</v>
+      </c>
+      <c r="E24" s="66" t="s">
+        <v>71</v>
+      </c>
+      <c r="F24" s="39" t="s">
+        <v>45</v>
+      </c>
+      <c r="G24" s="37" t="s">
+        <v>46</v>
+      </c>
+      <c r="H24" s="37" t="s">
+        <v>80</v>
+      </c>
+      <c r="I24" s="36"/>
+      <c r="J24" s="62"/>
+    </row>
+    <row r="25" ht="14.25" customHeight="1">
+      <c r="A25" s="65">
+        <v>46077.0</v>
+      </c>
+      <c r="B25" s="37" t="s">
+        <v>81</v>
+      </c>
+      <c r="C25" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="D25" s="37" t="s">
+        <v>23</v>
+      </c>
+      <c r="E25" s="66" t="s">
+        <v>39</v>
+      </c>
+      <c r="F25" s="39" t="s">
         <v>74</v>
       </c>
-      <c r="B24" s="30" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="30" t="s">
+      <c r="G25" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="H25" s="37" t="s">
+        <v>33</v>
+      </c>
+      <c r="I25" s="36"/>
+      <c r="J25" s="62"/>
+    </row>
+    <row r="26" ht="14.25" customHeight="1">
+      <c r="A26" s="67" t="s">
+        <v>82</v>
+      </c>
+      <c r="B26" s="68" t="s">
+        <v>83</v>
+      </c>
+      <c r="C26" s="69" t="s">
         <v>22</v>
       </c>
-      <c r="D24" s="30" t="s">
+      <c r="D26" s="69" t="s">
         <v>23</v>
       </c>
-      <c r="E24" s="62" t="s">
+      <c r="E26" s="70" t="s">
         <v>24</v>
       </c>
-      <c r="F24" s="29"/>
-[...12 lines deleted...]
-      <c r="C25" s="66" t="s">
+      <c r="F26" s="71" t="s">
+        <v>45</v>
+      </c>
+      <c r="G26" s="69"/>
+      <c r="H26" s="68" t="s">
+        <v>33</v>
+      </c>
+      <c r="I26" s="69"/>
+      <c r="J26" s="72"/>
+    </row>
+    <row r="27" ht="14.25" customHeight="1">
+      <c r="A27" s="73">
+        <v>46088.0</v>
+      </c>
+      <c r="B27" s="33" t="s">
+        <v>84</v>
+      </c>
+      <c r="C27" s="30" t="s">
         <v>43</v>
       </c>
-      <c r="D25" s="65" t="s">
+      <c r="D27" s="33" t="s">
         <v>38</v>
       </c>
-      <c r="E25" s="67" t="s">
+      <c r="E27" s="74" t="s">
         <v>30</v>
       </c>
-      <c r="F25" s="68"/>
-[...2944 lines deleted...]
-      <c r="E995" s="75"/>
+      <c r="F27" s="33" t="s">
+        <v>31</v>
+      </c>
+      <c r="G27" s="33"/>
+      <c r="H27" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="I27" s="30"/>
+      <c r="J27" s="30"/>
+      <c r="K27" s="75"/>
+    </row>
+    <row r="28" ht="14.25" customHeight="1">
+      <c r="A28" s="65">
+        <v>46096.0</v>
+      </c>
+      <c r="B28" s="37" t="s">
+        <v>85</v>
+      </c>
+      <c r="C28" s="37" t="s">
+        <v>64</v>
+      </c>
+      <c r="D28" s="37" t="s">
+        <v>86</v>
+      </c>
+      <c r="E28" s="66" t="s">
+        <v>24</v>
+      </c>
+      <c r="F28" s="39" t="s">
+        <v>31</v>
+      </c>
+      <c r="G28" s="37" t="s">
+        <v>33</v>
+      </c>
+      <c r="H28" s="37" t="s">
+        <v>74</v>
+      </c>
+      <c r="I28" s="36"/>
+      <c r="J28" s="62"/>
+      <c r="K28" s="75"/>
+    </row>
+    <row r="29" ht="14.25" customHeight="1">
+      <c r="E29" s="76"/>
+      <c r="F29" s="76"/>
+      <c r="G29" s="77"/>
+    </row>
+    <row r="30" ht="14.25" customHeight="1">
+      <c r="E30" s="78"/>
+      <c r="F30" s="78"/>
+      <c r="G30" s="77"/>
+    </row>
+    <row r="31" ht="14.25" customHeight="1">
+      <c r="E31" s="78"/>
+      <c r="F31" s="78"/>
+      <c r="G31" s="77"/>
+    </row>
+    <row r="32" ht="14.25" customHeight="1">
+      <c r="E32" s="78"/>
+      <c r="F32" s="78"/>
+      <c r="G32" s="77"/>
+    </row>
+    <row r="33" ht="14.25" customHeight="1">
+      <c r="E33" s="78"/>
+      <c r="F33" s="78"/>
+      <c r="G33" s="79"/>
+    </row>
+    <row r="34" ht="14.25" customHeight="1">
+      <c r="E34" s="78"/>
+      <c r="F34" s="78"/>
+      <c r="G34" s="77"/>
+    </row>
+    <row r="35" ht="14.25" customHeight="1">
+      <c r="E35" s="78"/>
+      <c r="F35" s="78"/>
+      <c r="G35" s="77"/>
+    </row>
+    <row r="36" ht="14.25" customHeight="1">
+      <c r="E36" s="78"/>
+      <c r="F36" s="78"/>
+      <c r="G36" s="77"/>
+    </row>
+    <row r="37" ht="14.25" customHeight="1">
+      <c r="E37" s="78"/>
+      <c r="F37" s="78"/>
+      <c r="G37" s="77"/>
+    </row>
+    <row r="38" ht="14.25" customHeight="1">
+      <c r="E38" s="78"/>
+      <c r="F38" s="78"/>
+      <c r="G38" s="77"/>
+    </row>
+    <row r="39" ht="14.25" customHeight="1">
+      <c r="E39" s="78"/>
+      <c r="F39" s="78"/>
+      <c r="G39" s="77"/>
+    </row>
+    <row r="40" ht="14.25" customHeight="1">
+      <c r="E40" s="78"/>
+      <c r="F40" s="78"/>
+      <c r="G40" s="77"/>
+    </row>
+    <row r="41" ht="14.25" customHeight="1">
+      <c r="E41" s="78"/>
+      <c r="F41" s="78"/>
+      <c r="G41" s="77"/>
+    </row>
+    <row r="42" ht="14.25" customHeight="1">
+      <c r="E42" s="78"/>
+      <c r="F42" s="78"/>
+      <c r="G42" s="77"/>
+    </row>
+    <row r="43" ht="14.25" customHeight="1">
+      <c r="E43" s="80"/>
+      <c r="F43" s="77"/>
+      <c r="G43" s="77"/>
+    </row>
+    <row r="44" ht="14.25" customHeight="1">
+      <c r="E44" s="80"/>
+    </row>
+    <row r="45" ht="14.25" customHeight="1">
+      <c r="E45" s="80"/>
+    </row>
+    <row r="46" ht="14.25" customHeight="1">
+      <c r="E46" s="80"/>
+    </row>
+    <row r="47" ht="14.25" customHeight="1">
+      <c r="E47" s="80"/>
+    </row>
+    <row r="48" ht="14.25" customHeight="1">
+      <c r="E48" s="80"/>
+    </row>
+    <row r="49" ht="14.25" customHeight="1">
+      <c r="E49" s="80"/>
+    </row>
+    <row r="50" ht="14.25" customHeight="1">
+      <c r="E50" s="80"/>
+    </row>
+    <row r="51" ht="14.25" customHeight="1">
+      <c r="E51" s="80"/>
+    </row>
+    <row r="52" ht="14.25" customHeight="1">
+      <c r="E52" s="80"/>
+    </row>
+    <row r="53" ht="14.25" customHeight="1">
+      <c r="E53" s="80"/>
+    </row>
+    <row r="54" ht="14.25" customHeight="1">
+      <c r="E54" s="80"/>
+    </row>
+    <row r="55" ht="14.25" customHeight="1">
+      <c r="E55" s="80"/>
+    </row>
+    <row r="56" ht="14.25" customHeight="1">
+      <c r="E56" s="80"/>
+    </row>
+    <row r="57" ht="14.25" customHeight="1">
+      <c r="E57" s="80"/>
+    </row>
+    <row r="58" ht="14.25" customHeight="1">
+      <c r="E58" s="80"/>
+    </row>
+    <row r="59" ht="14.25" customHeight="1">
+      <c r="E59" s="80"/>
+    </row>
+    <row r="60" ht="14.25" customHeight="1">
+      <c r="E60" s="80"/>
+    </row>
+    <row r="61" ht="14.25" customHeight="1">
+      <c r="E61" s="80"/>
+    </row>
+    <row r="62" ht="14.25" customHeight="1">
+      <c r="E62" s="80"/>
+    </row>
+    <row r="63" ht="14.25" customHeight="1">
+      <c r="E63" s="80"/>
+    </row>
+    <row r="64" ht="14.25" customHeight="1">
+      <c r="E64" s="80"/>
+    </row>
+    <row r="65" ht="14.25" customHeight="1">
+      <c r="E65" s="80"/>
+    </row>
+    <row r="66" ht="14.25" customHeight="1">
+      <c r="E66" s="80"/>
+    </row>
+    <row r="67" ht="14.25" customHeight="1">
+      <c r="E67" s="80"/>
+    </row>
+    <row r="68" ht="14.25" customHeight="1">
+      <c r="E68" s="80"/>
+    </row>
+    <row r="69" ht="14.25" customHeight="1">
+      <c r="E69" s="80"/>
+    </row>
+    <row r="70" ht="14.25" customHeight="1">
+      <c r="E70" s="80"/>
+    </row>
+    <row r="71" ht="14.25" customHeight="1">
+      <c r="E71" s="80"/>
+    </row>
+    <row r="72" ht="14.25" customHeight="1">
+      <c r="E72" s="80"/>
+    </row>
+    <row r="73" ht="14.25" customHeight="1">
+      <c r="E73" s="80"/>
+    </row>
+    <row r="74" ht="14.25" customHeight="1">
+      <c r="E74" s="80"/>
+    </row>
+    <row r="75" ht="14.25" customHeight="1">
+      <c r="E75" s="80"/>
+    </row>
+    <row r="76" ht="14.25" customHeight="1">
+      <c r="E76" s="80"/>
+    </row>
+    <row r="77" ht="14.25" customHeight="1">
+      <c r="E77" s="80"/>
+    </row>
+    <row r="78" ht="14.25" customHeight="1">
+      <c r="E78" s="80"/>
+    </row>
+    <row r="79" ht="14.25" customHeight="1">
+      <c r="E79" s="80"/>
+    </row>
+    <row r="80" ht="14.25" customHeight="1">
+      <c r="E80" s="80"/>
+    </row>
+    <row r="81" ht="14.25" customHeight="1">
+      <c r="E81" s="80"/>
+    </row>
+    <row r="82" ht="14.25" customHeight="1">
+      <c r="E82" s="80"/>
+    </row>
+    <row r="83" ht="14.25" customHeight="1">
+      <c r="E83" s="80"/>
+    </row>
+    <row r="84" ht="14.25" customHeight="1">
+      <c r="E84" s="80"/>
+    </row>
+    <row r="85" ht="14.25" customHeight="1">
+      <c r="E85" s="80"/>
+    </row>
+    <row r="86" ht="14.25" customHeight="1">
+      <c r="E86" s="80"/>
+    </row>
+    <row r="87" ht="14.25" customHeight="1">
+      <c r="E87" s="80"/>
+    </row>
+    <row r="88" ht="14.25" customHeight="1">
+      <c r="E88" s="80"/>
+    </row>
+    <row r="89" ht="14.25" customHeight="1">
+      <c r="E89" s="80"/>
+    </row>
+    <row r="90" ht="14.25" customHeight="1">
+      <c r="E90" s="80"/>
+    </row>
+    <row r="91" ht="14.25" customHeight="1">
+      <c r="E91" s="80"/>
+    </row>
+    <row r="92" ht="14.25" customHeight="1">
+      <c r="E92" s="80"/>
+    </row>
+    <row r="93" ht="14.25" customHeight="1">
+      <c r="E93" s="80"/>
+    </row>
+    <row r="94" ht="14.25" customHeight="1">
+      <c r="E94" s="80"/>
+    </row>
+    <row r="95" ht="14.25" customHeight="1">
+      <c r="E95" s="80"/>
+    </row>
+    <row r="96" ht="14.25" customHeight="1">
+      <c r="E96" s="80"/>
+    </row>
+    <row r="97" ht="14.25" customHeight="1">
+      <c r="E97" s="80"/>
+    </row>
+    <row r="98" ht="14.25" customHeight="1">
+      <c r="E98" s="80"/>
+    </row>
+    <row r="99" ht="14.25" customHeight="1">
+      <c r="E99" s="80"/>
+    </row>
+    <row r="100" ht="14.25" customHeight="1">
+      <c r="E100" s="80"/>
+    </row>
+    <row r="101" ht="14.25" customHeight="1">
+      <c r="E101" s="80"/>
+    </row>
+    <row r="102" ht="14.25" customHeight="1">
+      <c r="E102" s="80"/>
+    </row>
+    <row r="103" ht="14.25" customHeight="1">
+      <c r="E103" s="80"/>
+    </row>
+    <row r="104" ht="14.25" customHeight="1">
+      <c r="E104" s="80"/>
+    </row>
+    <row r="105" ht="14.25" customHeight="1">
+      <c r="E105" s="80"/>
+    </row>
+    <row r="106" ht="14.25" customHeight="1">
+      <c r="E106" s="80"/>
+    </row>
+    <row r="107" ht="14.25" customHeight="1">
+      <c r="E107" s="80"/>
+    </row>
+    <row r="108" ht="14.25" customHeight="1">
+      <c r="E108" s="80"/>
+    </row>
+    <row r="109" ht="14.25" customHeight="1">
+      <c r="E109" s="80"/>
+    </row>
+    <row r="110" ht="14.25" customHeight="1">
+      <c r="E110" s="80"/>
+    </row>
+    <row r="111" ht="14.25" customHeight="1">
+      <c r="E111" s="80"/>
+    </row>
+    <row r="112" ht="14.25" customHeight="1">
+      <c r="E112" s="80"/>
+    </row>
+    <row r="113" ht="14.25" customHeight="1">
+      <c r="E113" s="80"/>
+    </row>
+    <row r="114" ht="14.25" customHeight="1">
+      <c r="E114" s="80"/>
+    </row>
+    <row r="115" ht="14.25" customHeight="1">
+      <c r="E115" s="80"/>
+    </row>
+    <row r="116" ht="14.25" customHeight="1">
+      <c r="E116" s="80"/>
+    </row>
+    <row r="117" ht="14.25" customHeight="1">
+      <c r="E117" s="80"/>
+    </row>
+    <row r="118" ht="14.25" customHeight="1">
+      <c r="E118" s="80"/>
+    </row>
+    <row r="119" ht="14.25" customHeight="1">
+      <c r="E119" s="80"/>
+    </row>
+    <row r="120" ht="14.25" customHeight="1">
+      <c r="E120" s="80"/>
+    </row>
+    <row r="121" ht="14.25" customHeight="1">
+      <c r="E121" s="80"/>
+    </row>
+    <row r="122" ht="14.25" customHeight="1">
+      <c r="E122" s="80"/>
+    </row>
+    <row r="123" ht="14.25" customHeight="1">
+      <c r="E123" s="80"/>
+    </row>
+    <row r="124" ht="14.25" customHeight="1">
+      <c r="E124" s="80"/>
+    </row>
+    <row r="125" ht="14.25" customHeight="1">
+      <c r="E125" s="80"/>
+    </row>
+    <row r="126" ht="14.25" customHeight="1">
+      <c r="E126" s="80"/>
+    </row>
+    <row r="127" ht="14.25" customHeight="1">
+      <c r="E127" s="80"/>
+    </row>
+    <row r="128" ht="14.25" customHeight="1">
+      <c r="E128" s="80"/>
+    </row>
+    <row r="129" ht="14.25" customHeight="1">
+      <c r="E129" s="80"/>
+    </row>
+    <row r="130" ht="14.25" customHeight="1">
+      <c r="E130" s="80"/>
+    </row>
+    <row r="131" ht="14.25" customHeight="1">
+      <c r="E131" s="80"/>
+    </row>
+    <row r="132" ht="14.25" customHeight="1">
+      <c r="E132" s="80"/>
+    </row>
+    <row r="133" ht="14.25" customHeight="1">
+      <c r="E133" s="80"/>
+    </row>
+    <row r="134" ht="14.25" customHeight="1">
+      <c r="E134" s="80"/>
+    </row>
+    <row r="135" ht="14.25" customHeight="1">
+      <c r="E135" s="80"/>
+    </row>
+    <row r="136" ht="14.25" customHeight="1">
+      <c r="E136" s="80"/>
+    </row>
+    <row r="137" ht="14.25" customHeight="1">
+      <c r="E137" s="80"/>
+    </row>
+    <row r="138" ht="14.25" customHeight="1">
+      <c r="E138" s="80"/>
+    </row>
+    <row r="139" ht="14.25" customHeight="1">
+      <c r="E139" s="80"/>
+    </row>
+    <row r="140" ht="14.25" customHeight="1">
+      <c r="E140" s="80"/>
+    </row>
+    <row r="141" ht="14.25" customHeight="1">
+      <c r="E141" s="80"/>
+    </row>
+    <row r="142" ht="14.25" customHeight="1">
+      <c r="E142" s="80"/>
+    </row>
+    <row r="143" ht="14.25" customHeight="1">
+      <c r="E143" s="80"/>
+    </row>
+    <row r="144" ht="14.25" customHeight="1">
+      <c r="E144" s="80"/>
+    </row>
+    <row r="145" ht="14.25" customHeight="1">
+      <c r="E145" s="80"/>
+    </row>
+    <row r="146" ht="14.25" customHeight="1">
+      <c r="E146" s="80"/>
+    </row>
+    <row r="147" ht="14.25" customHeight="1">
+      <c r="E147" s="80"/>
+    </row>
+    <row r="148" ht="14.25" customHeight="1">
+      <c r="E148" s="80"/>
+    </row>
+    <row r="149" ht="14.25" customHeight="1">
+      <c r="E149" s="80"/>
+    </row>
+    <row r="150" ht="14.25" customHeight="1">
+      <c r="E150" s="80"/>
+    </row>
+    <row r="151" ht="14.25" customHeight="1">
+      <c r="E151" s="80"/>
+    </row>
+    <row r="152" ht="14.25" customHeight="1">
+      <c r="E152" s="80"/>
+    </row>
+    <row r="153" ht="14.25" customHeight="1">
+      <c r="E153" s="80"/>
+    </row>
+    <row r="154" ht="14.25" customHeight="1">
+      <c r="E154" s="80"/>
+    </row>
+    <row r="155" ht="14.25" customHeight="1">
+      <c r="E155" s="80"/>
+    </row>
+    <row r="156" ht="14.25" customHeight="1">
+      <c r="E156" s="80"/>
+    </row>
+    <row r="157" ht="14.25" customHeight="1">
+      <c r="E157" s="80"/>
+    </row>
+    <row r="158" ht="14.25" customHeight="1">
+      <c r="E158" s="80"/>
+    </row>
+    <row r="159" ht="14.25" customHeight="1">
+      <c r="E159" s="80"/>
+    </row>
+    <row r="160" ht="14.25" customHeight="1">
+      <c r="E160" s="80"/>
+    </row>
+    <row r="161" ht="14.25" customHeight="1">
+      <c r="E161" s="80"/>
+    </row>
+    <row r="162" ht="14.25" customHeight="1">
+      <c r="E162" s="80"/>
+    </row>
+    <row r="163" ht="14.25" customHeight="1">
+      <c r="E163" s="80"/>
+    </row>
+    <row r="164" ht="14.25" customHeight="1">
+      <c r="E164" s="80"/>
+    </row>
+    <row r="165" ht="14.25" customHeight="1">
+      <c r="E165" s="80"/>
+    </row>
+    <row r="166" ht="14.25" customHeight="1">
+      <c r="E166" s="80"/>
+    </row>
+    <row r="167" ht="14.25" customHeight="1">
+      <c r="E167" s="80"/>
+    </row>
+    <row r="168" ht="14.25" customHeight="1">
+      <c r="E168" s="80"/>
+    </row>
+    <row r="169" ht="14.25" customHeight="1">
+      <c r="E169" s="80"/>
+    </row>
+    <row r="170" ht="14.25" customHeight="1">
+      <c r="E170" s="80"/>
+    </row>
+    <row r="171" ht="14.25" customHeight="1">
+      <c r="E171" s="80"/>
+    </row>
+    <row r="172" ht="14.25" customHeight="1">
+      <c r="E172" s="80"/>
+    </row>
+    <row r="173" ht="14.25" customHeight="1">
+      <c r="E173" s="80"/>
+    </row>
+    <row r="174" ht="14.25" customHeight="1">
+      <c r="E174" s="80"/>
+    </row>
+    <row r="175" ht="14.25" customHeight="1">
+      <c r="E175" s="80"/>
+    </row>
+    <row r="176" ht="14.25" customHeight="1">
+      <c r="E176" s="80"/>
+    </row>
+    <row r="177" ht="14.25" customHeight="1">
+      <c r="E177" s="80"/>
+    </row>
+    <row r="178" ht="14.25" customHeight="1">
+      <c r="E178" s="80"/>
+    </row>
+    <row r="179" ht="14.25" customHeight="1">
+      <c r="E179" s="80"/>
+    </row>
+    <row r="180" ht="14.25" customHeight="1">
+      <c r="E180" s="80"/>
+    </row>
+    <row r="181" ht="14.25" customHeight="1">
+      <c r="E181" s="80"/>
+    </row>
+    <row r="182" ht="14.25" customHeight="1">
+      <c r="E182" s="80"/>
+    </row>
+    <row r="183" ht="14.25" customHeight="1">
+      <c r="E183" s="80"/>
+    </row>
+    <row r="184" ht="14.25" customHeight="1">
+      <c r="E184" s="80"/>
+    </row>
+    <row r="185" ht="14.25" customHeight="1">
+      <c r="E185" s="80"/>
+    </row>
+    <row r="186" ht="14.25" customHeight="1">
+      <c r="E186" s="80"/>
+    </row>
+    <row r="187" ht="14.25" customHeight="1">
+      <c r="E187" s="80"/>
+    </row>
+    <row r="188" ht="14.25" customHeight="1">
+      <c r="E188" s="80"/>
+    </row>
+    <row r="189" ht="14.25" customHeight="1">
+      <c r="E189" s="80"/>
+    </row>
+    <row r="190" ht="14.25" customHeight="1">
+      <c r="E190" s="80"/>
+    </row>
+    <row r="191" ht="14.25" customHeight="1">
+      <c r="E191" s="80"/>
+    </row>
+    <row r="192" ht="14.25" customHeight="1">
+      <c r="E192" s="80"/>
+    </row>
+    <row r="193" ht="14.25" customHeight="1">
+      <c r="E193" s="80"/>
+    </row>
+    <row r="194" ht="14.25" customHeight="1">
+      <c r="E194" s="80"/>
+    </row>
+    <row r="195" ht="14.25" customHeight="1">
+      <c r="E195" s="80"/>
+    </row>
+    <row r="196" ht="14.25" customHeight="1">
+      <c r="E196" s="80"/>
+    </row>
+    <row r="197" ht="14.25" customHeight="1">
+      <c r="E197" s="80"/>
+    </row>
+    <row r="198" ht="14.25" customHeight="1">
+      <c r="E198" s="80"/>
+    </row>
+    <row r="199" ht="14.25" customHeight="1">
+      <c r="E199" s="80"/>
+    </row>
+    <row r="200" ht="14.25" customHeight="1">
+      <c r="E200" s="80"/>
+    </row>
+    <row r="201" ht="14.25" customHeight="1">
+      <c r="E201" s="80"/>
+    </row>
+    <row r="202" ht="14.25" customHeight="1">
+      <c r="E202" s="80"/>
+    </row>
+    <row r="203" ht="14.25" customHeight="1">
+      <c r="E203" s="80"/>
+    </row>
+    <row r="204" ht="14.25" customHeight="1">
+      <c r="E204" s="80"/>
+    </row>
+    <row r="205" ht="14.25" customHeight="1">
+      <c r="E205" s="80"/>
+    </row>
+    <row r="206" ht="14.25" customHeight="1">
+      <c r="E206" s="80"/>
+    </row>
+    <row r="207" ht="14.25" customHeight="1">
+      <c r="E207" s="80"/>
+    </row>
+    <row r="208" ht="14.25" customHeight="1">
+      <c r="E208" s="80"/>
+    </row>
+    <row r="209" ht="14.25" customHeight="1">
+      <c r="E209" s="80"/>
+    </row>
+    <row r="210" ht="14.25" customHeight="1">
+      <c r="E210" s="80"/>
+    </row>
+    <row r="211" ht="14.25" customHeight="1">
+      <c r="E211" s="80"/>
+    </row>
+    <row r="212" ht="14.25" customHeight="1">
+      <c r="E212" s="80"/>
+    </row>
+    <row r="213" ht="14.25" customHeight="1">
+      <c r="E213" s="80"/>
+    </row>
+    <row r="214" ht="14.25" customHeight="1">
+      <c r="E214" s="80"/>
+    </row>
+    <row r="215" ht="14.25" customHeight="1">
+      <c r="E215" s="80"/>
+    </row>
+    <row r="216" ht="14.25" customHeight="1">
+      <c r="E216" s="80"/>
+    </row>
+    <row r="217" ht="14.25" customHeight="1">
+      <c r="E217" s="80"/>
+    </row>
+    <row r="218" ht="14.25" customHeight="1">
+      <c r="E218" s="80"/>
+    </row>
+    <row r="219" ht="14.25" customHeight="1">
+      <c r="E219" s="80"/>
+    </row>
+    <row r="220" ht="14.25" customHeight="1">
+      <c r="E220" s="80"/>
+    </row>
+    <row r="221" ht="14.25" customHeight="1">
+      <c r="E221" s="80"/>
+    </row>
+    <row r="222" ht="14.25" customHeight="1">
+      <c r="E222" s="80"/>
+    </row>
+    <row r="223" ht="14.25" customHeight="1">
+      <c r="E223" s="80"/>
+    </row>
+    <row r="224" ht="14.25" customHeight="1">
+      <c r="E224" s="80"/>
+    </row>
+    <row r="225" ht="14.25" customHeight="1">
+      <c r="E225" s="80"/>
+    </row>
+    <row r="226" ht="14.25" customHeight="1">
+      <c r="E226" s="80"/>
+    </row>
+    <row r="227" ht="14.25" customHeight="1">
+      <c r="E227" s="80"/>
+    </row>
+    <row r="228" ht="14.25" customHeight="1">
+      <c r="E228" s="80"/>
+    </row>
+    <row r="229" ht="14.25" customHeight="1">
+      <c r="E229" s="80"/>
+    </row>
+    <row r="230" ht="14.25" customHeight="1">
+      <c r="E230" s="80"/>
+    </row>
+    <row r="231" ht="14.25" customHeight="1">
+      <c r="E231" s="80"/>
+    </row>
+    <row r="232" ht="14.25" customHeight="1">
+      <c r="E232" s="80"/>
+    </row>
+    <row r="233" ht="14.25" customHeight="1">
+      <c r="E233" s="80"/>
+    </row>
+    <row r="234" ht="14.25" customHeight="1">
+      <c r="E234" s="80"/>
+    </row>
+    <row r="235" ht="14.25" customHeight="1">
+      <c r="E235" s="80"/>
+    </row>
+    <row r="236" ht="14.25" customHeight="1">
+      <c r="E236" s="80"/>
+    </row>
+    <row r="237" ht="14.25" customHeight="1">
+      <c r="E237" s="80"/>
+    </row>
+    <row r="238" ht="14.25" customHeight="1">
+      <c r="E238" s="80"/>
+    </row>
+    <row r="239" ht="14.25" customHeight="1">
+      <c r="E239" s="80"/>
+    </row>
+    <row r="240" ht="14.25" customHeight="1">
+      <c r="E240" s="80"/>
+    </row>
+    <row r="241" ht="14.25" customHeight="1">
+      <c r="E241" s="80"/>
+    </row>
+    <row r="242" ht="14.25" customHeight="1">
+      <c r="E242" s="80"/>
+    </row>
+    <row r="243" ht="14.25" customHeight="1">
+      <c r="E243" s="80"/>
+    </row>
+    <row r="244" ht="14.25" customHeight="1">
+      <c r="E244" s="80"/>
+    </row>
+    <row r="245" ht="14.25" customHeight="1">
+      <c r="E245" s="80"/>
+    </row>
+    <row r="246" ht="14.25" customHeight="1">
+      <c r="E246" s="80"/>
+    </row>
+    <row r="247" ht="14.25" customHeight="1">
+      <c r="E247" s="80"/>
+    </row>
+    <row r="248" ht="14.25" customHeight="1">
+      <c r="E248" s="80"/>
+    </row>
+    <row r="249" ht="14.25" customHeight="1">
+      <c r="E249" s="80"/>
+    </row>
+    <row r="250" ht="14.25" customHeight="1">
+      <c r="E250" s="80"/>
+    </row>
+    <row r="251" ht="14.25" customHeight="1">
+      <c r="E251" s="80"/>
+    </row>
+    <row r="252" ht="14.25" customHeight="1">
+      <c r="E252" s="80"/>
+    </row>
+    <row r="253" ht="14.25" customHeight="1">
+      <c r="E253" s="80"/>
+    </row>
+    <row r="254" ht="14.25" customHeight="1">
+      <c r="E254" s="80"/>
+    </row>
+    <row r="255" ht="14.25" customHeight="1">
+      <c r="E255" s="80"/>
+    </row>
+    <row r="256" ht="14.25" customHeight="1">
+      <c r="E256" s="80"/>
+    </row>
+    <row r="257" ht="14.25" customHeight="1">
+      <c r="E257" s="80"/>
+    </row>
+    <row r="258" ht="14.25" customHeight="1">
+      <c r="E258" s="80"/>
+    </row>
+    <row r="259" ht="14.25" customHeight="1">
+      <c r="E259" s="80"/>
+    </row>
+    <row r="260" ht="14.25" customHeight="1">
+      <c r="E260" s="80"/>
+    </row>
+    <row r="261" ht="14.25" customHeight="1">
+      <c r="E261" s="80"/>
+    </row>
+    <row r="262" ht="14.25" customHeight="1">
+      <c r="E262" s="80"/>
+    </row>
+    <row r="263" ht="14.25" customHeight="1">
+      <c r="E263" s="80"/>
+    </row>
+    <row r="264" ht="14.25" customHeight="1">
+      <c r="E264" s="80"/>
+    </row>
+    <row r="265" ht="14.25" customHeight="1">
+      <c r="E265" s="80"/>
+    </row>
+    <row r="266" ht="14.25" customHeight="1">
+      <c r="E266" s="80"/>
+    </row>
+    <row r="267" ht="14.25" customHeight="1">
+      <c r="E267" s="80"/>
+    </row>
+    <row r="268" ht="14.25" customHeight="1">
+      <c r="E268" s="80"/>
+    </row>
+    <row r="269" ht="14.25" customHeight="1">
+      <c r="E269" s="80"/>
+    </row>
+    <row r="270" ht="14.25" customHeight="1">
+      <c r="E270" s="80"/>
+    </row>
+    <row r="271" ht="14.25" customHeight="1">
+      <c r="E271" s="80"/>
+    </row>
+    <row r="272" ht="14.25" customHeight="1">
+      <c r="E272" s="80"/>
+    </row>
+    <row r="273" ht="14.25" customHeight="1">
+      <c r="E273" s="80"/>
+    </row>
+    <row r="274" ht="14.25" customHeight="1">
+      <c r="E274" s="80"/>
+    </row>
+    <row r="275" ht="14.25" customHeight="1">
+      <c r="E275" s="80"/>
+    </row>
+    <row r="276" ht="14.25" customHeight="1">
+      <c r="E276" s="80"/>
+    </row>
+    <row r="277" ht="14.25" customHeight="1">
+      <c r="E277" s="80"/>
+    </row>
+    <row r="278" ht="14.25" customHeight="1">
+      <c r="E278" s="80"/>
+    </row>
+    <row r="279" ht="14.25" customHeight="1">
+      <c r="E279" s="80"/>
+    </row>
+    <row r="280" ht="14.25" customHeight="1">
+      <c r="E280" s="80"/>
+    </row>
+    <row r="281" ht="14.25" customHeight="1">
+      <c r="E281" s="80"/>
+    </row>
+    <row r="282" ht="14.25" customHeight="1">
+      <c r="E282" s="80"/>
+    </row>
+    <row r="283" ht="14.25" customHeight="1">
+      <c r="E283" s="80"/>
+    </row>
+    <row r="284" ht="14.25" customHeight="1">
+      <c r="E284" s="80"/>
+    </row>
+    <row r="285" ht="14.25" customHeight="1">
+      <c r="E285" s="80"/>
+    </row>
+    <row r="286" ht="14.25" customHeight="1">
+      <c r="E286" s="80"/>
+    </row>
+    <row r="287" ht="14.25" customHeight="1">
+      <c r="E287" s="80"/>
+    </row>
+    <row r="288" ht="14.25" customHeight="1">
+      <c r="E288" s="80"/>
+    </row>
+    <row r="289" ht="14.25" customHeight="1">
+      <c r="E289" s="80"/>
+    </row>
+    <row r="290" ht="14.25" customHeight="1">
+      <c r="E290" s="80"/>
+    </row>
+    <row r="291" ht="14.25" customHeight="1">
+      <c r="E291" s="80"/>
+    </row>
+    <row r="292" ht="14.25" customHeight="1">
+      <c r="E292" s="80"/>
+    </row>
+    <row r="293" ht="14.25" customHeight="1">
+      <c r="E293" s="80"/>
+    </row>
+    <row r="294" ht="14.25" customHeight="1">
+      <c r="E294" s="80"/>
+    </row>
+    <row r="295" ht="14.25" customHeight="1">
+      <c r="E295" s="80"/>
+    </row>
+    <row r="296" ht="14.25" customHeight="1">
+      <c r="E296" s="80"/>
+    </row>
+    <row r="297" ht="14.25" customHeight="1">
+      <c r="E297" s="80"/>
+    </row>
+    <row r="298" ht="14.25" customHeight="1">
+      <c r="E298" s="80"/>
+    </row>
+    <row r="299" ht="14.25" customHeight="1">
+      <c r="E299" s="80"/>
+    </row>
+    <row r="300" ht="14.25" customHeight="1">
+      <c r="E300" s="80"/>
+    </row>
+    <row r="301" ht="14.25" customHeight="1">
+      <c r="E301" s="80"/>
+    </row>
+    <row r="302" ht="14.25" customHeight="1">
+      <c r="E302" s="80"/>
+    </row>
+    <row r="303" ht="14.25" customHeight="1">
+      <c r="E303" s="80"/>
+    </row>
+    <row r="304" ht="14.25" customHeight="1">
+      <c r="E304" s="80"/>
+    </row>
+    <row r="305" ht="14.25" customHeight="1">
+      <c r="E305" s="80"/>
+    </row>
+    <row r="306" ht="14.25" customHeight="1">
+      <c r="E306" s="80"/>
+    </row>
+    <row r="307" ht="14.25" customHeight="1">
+      <c r="E307" s="80"/>
+    </row>
+    <row r="308" ht="14.25" customHeight="1">
+      <c r="E308" s="80"/>
+    </row>
+    <row r="309" ht="14.25" customHeight="1">
+      <c r="E309" s="80"/>
+    </row>
+    <row r="310" ht="14.25" customHeight="1">
+      <c r="E310" s="80"/>
+    </row>
+    <row r="311" ht="14.25" customHeight="1">
+      <c r="E311" s="80"/>
+    </row>
+    <row r="312" ht="14.25" customHeight="1">
+      <c r="E312" s="80"/>
+    </row>
+    <row r="313" ht="14.25" customHeight="1">
+      <c r="E313" s="80"/>
+    </row>
+    <row r="314" ht="14.25" customHeight="1">
+      <c r="E314" s="80"/>
+    </row>
+    <row r="315" ht="14.25" customHeight="1">
+      <c r="E315" s="80"/>
+    </row>
+    <row r="316" ht="14.25" customHeight="1">
+      <c r="E316" s="80"/>
+    </row>
+    <row r="317" ht="14.25" customHeight="1">
+      <c r="E317" s="80"/>
+    </row>
+    <row r="318" ht="14.25" customHeight="1">
+      <c r="E318" s="80"/>
+    </row>
+    <row r="319" ht="14.25" customHeight="1">
+      <c r="E319" s="80"/>
+    </row>
+    <row r="320" ht="14.25" customHeight="1">
+      <c r="E320" s="80"/>
+    </row>
+    <row r="321" ht="14.25" customHeight="1">
+      <c r="E321" s="80"/>
+    </row>
+    <row r="322" ht="14.25" customHeight="1">
+      <c r="E322" s="80"/>
+    </row>
+    <row r="323" ht="14.25" customHeight="1">
+      <c r="E323" s="80"/>
+    </row>
+    <row r="324" ht="14.25" customHeight="1">
+      <c r="E324" s="80"/>
+    </row>
+    <row r="325" ht="14.25" customHeight="1">
+      <c r="E325" s="80"/>
+    </row>
+    <row r="326" ht="14.25" customHeight="1">
+      <c r="E326" s="80"/>
+    </row>
+    <row r="327" ht="14.25" customHeight="1">
+      <c r="E327" s="80"/>
+    </row>
+    <row r="328" ht="14.25" customHeight="1">
+      <c r="E328" s="80"/>
+    </row>
+    <row r="329" ht="14.25" customHeight="1">
+      <c r="E329" s="80"/>
+    </row>
+    <row r="330" ht="14.25" customHeight="1">
+      <c r="E330" s="80"/>
+    </row>
+    <row r="331" ht="14.25" customHeight="1">
+      <c r="E331" s="80"/>
+    </row>
+    <row r="332" ht="14.25" customHeight="1">
+      <c r="E332" s="80"/>
+    </row>
+    <row r="333" ht="14.25" customHeight="1">
+      <c r="E333" s="80"/>
+    </row>
+    <row r="334" ht="14.25" customHeight="1">
+      <c r="E334" s="80"/>
+    </row>
+    <row r="335" ht="14.25" customHeight="1">
+      <c r="E335" s="80"/>
+    </row>
+    <row r="336" ht="14.25" customHeight="1">
+      <c r="E336" s="80"/>
+    </row>
+    <row r="337" ht="14.25" customHeight="1">
+      <c r="E337" s="80"/>
+    </row>
+    <row r="338" ht="14.25" customHeight="1">
+      <c r="E338" s="80"/>
+    </row>
+    <row r="339" ht="14.25" customHeight="1">
+      <c r="E339" s="80"/>
+    </row>
+    <row r="340" ht="14.25" customHeight="1">
+      <c r="E340" s="80"/>
+    </row>
+    <row r="341" ht="14.25" customHeight="1">
+      <c r="E341" s="80"/>
+    </row>
+    <row r="342" ht="14.25" customHeight="1">
+      <c r="E342" s="80"/>
+    </row>
+    <row r="343" ht="14.25" customHeight="1">
+      <c r="E343" s="80"/>
+    </row>
+    <row r="344" ht="14.25" customHeight="1">
+      <c r="E344" s="80"/>
+    </row>
+    <row r="345" ht="14.25" customHeight="1">
+      <c r="E345" s="80"/>
+    </row>
+    <row r="346" ht="14.25" customHeight="1">
+      <c r="E346" s="80"/>
+    </row>
+    <row r="347" ht="14.25" customHeight="1">
+      <c r="E347" s="80"/>
+    </row>
+    <row r="348" ht="14.25" customHeight="1">
+      <c r="E348" s="80"/>
+    </row>
+    <row r="349" ht="14.25" customHeight="1">
+      <c r="E349" s="80"/>
+    </row>
+    <row r="350" ht="14.25" customHeight="1">
+      <c r="E350" s="80"/>
+    </row>
+    <row r="351" ht="14.25" customHeight="1">
+      <c r="E351" s="80"/>
+    </row>
+    <row r="352" ht="14.25" customHeight="1">
+      <c r="E352" s="80"/>
+    </row>
+    <row r="353" ht="14.25" customHeight="1">
+      <c r="E353" s="80"/>
+    </row>
+    <row r="354" ht="14.25" customHeight="1">
+      <c r="E354" s="80"/>
+    </row>
+    <row r="355" ht="14.25" customHeight="1">
+      <c r="E355" s="80"/>
+    </row>
+    <row r="356" ht="14.25" customHeight="1">
+      <c r="E356" s="80"/>
+    </row>
+    <row r="357" ht="14.25" customHeight="1">
+      <c r="E357" s="80"/>
+    </row>
+    <row r="358" ht="14.25" customHeight="1">
+      <c r="E358" s="80"/>
+    </row>
+    <row r="359" ht="14.25" customHeight="1">
+      <c r="E359" s="80"/>
+    </row>
+    <row r="360" ht="14.25" customHeight="1">
+      <c r="E360" s="80"/>
+    </row>
+    <row r="361" ht="14.25" customHeight="1">
+      <c r="E361" s="80"/>
+    </row>
+    <row r="362" ht="14.25" customHeight="1">
+      <c r="E362" s="80"/>
+    </row>
+    <row r="363" ht="14.25" customHeight="1">
+      <c r="E363" s="80"/>
+    </row>
+    <row r="364" ht="14.25" customHeight="1">
+      <c r="E364" s="80"/>
+    </row>
+    <row r="365" ht="14.25" customHeight="1">
+      <c r="E365" s="80"/>
+    </row>
+    <row r="366" ht="14.25" customHeight="1">
+      <c r="E366" s="80"/>
+    </row>
+    <row r="367" ht="14.25" customHeight="1">
+      <c r="E367" s="80"/>
+    </row>
+    <row r="368" ht="14.25" customHeight="1">
+      <c r="E368" s="80"/>
+    </row>
+    <row r="369" ht="14.25" customHeight="1">
+      <c r="E369" s="80"/>
+    </row>
+    <row r="370" ht="14.25" customHeight="1">
+      <c r="E370" s="80"/>
+    </row>
+    <row r="371" ht="14.25" customHeight="1">
+      <c r="E371" s="80"/>
+    </row>
+    <row r="372" ht="14.25" customHeight="1">
+      <c r="E372" s="80"/>
+    </row>
+    <row r="373" ht="14.25" customHeight="1">
+      <c r="E373" s="80"/>
+    </row>
+    <row r="374" ht="14.25" customHeight="1">
+      <c r="E374" s="80"/>
+    </row>
+    <row r="375" ht="14.25" customHeight="1">
+      <c r="E375" s="80"/>
+    </row>
+    <row r="376" ht="14.25" customHeight="1">
+      <c r="E376" s="80"/>
+    </row>
+    <row r="377" ht="14.25" customHeight="1">
+      <c r="E377" s="80"/>
+    </row>
+    <row r="378" ht="14.25" customHeight="1">
+      <c r="E378" s="80"/>
+    </row>
+    <row r="379" ht="14.25" customHeight="1">
+      <c r="E379" s="80"/>
+    </row>
+    <row r="380" ht="14.25" customHeight="1">
+      <c r="E380" s="80"/>
+    </row>
+    <row r="381" ht="14.25" customHeight="1">
+      <c r="E381" s="80"/>
+    </row>
+    <row r="382" ht="14.25" customHeight="1">
+      <c r="E382" s="80"/>
+    </row>
+    <row r="383" ht="14.25" customHeight="1">
+      <c r="E383" s="80"/>
+    </row>
+    <row r="384" ht="14.25" customHeight="1">
+      <c r="E384" s="80"/>
+    </row>
+    <row r="385" ht="14.25" customHeight="1">
+      <c r="E385" s="80"/>
+    </row>
+    <row r="386" ht="14.25" customHeight="1">
+      <c r="E386" s="80"/>
+    </row>
+    <row r="387" ht="14.25" customHeight="1">
+      <c r="E387" s="80"/>
+    </row>
+    <row r="388" ht="14.25" customHeight="1">
+      <c r="E388" s="80"/>
+    </row>
+    <row r="389" ht="14.25" customHeight="1">
+      <c r="E389" s="80"/>
+    </row>
+    <row r="390" ht="14.25" customHeight="1">
+      <c r="E390" s="80"/>
+    </row>
+    <row r="391" ht="14.25" customHeight="1">
+      <c r="E391" s="80"/>
+    </row>
+    <row r="392" ht="14.25" customHeight="1">
+      <c r="E392" s="80"/>
+    </row>
+    <row r="393" ht="14.25" customHeight="1">
+      <c r="E393" s="80"/>
+    </row>
+    <row r="394" ht="14.25" customHeight="1">
+      <c r="E394" s="80"/>
+    </row>
+    <row r="395" ht="14.25" customHeight="1">
+      <c r="E395" s="80"/>
+    </row>
+    <row r="396" ht="14.25" customHeight="1">
+      <c r="E396" s="80"/>
+    </row>
+    <row r="397" ht="14.25" customHeight="1">
+      <c r="E397" s="80"/>
+    </row>
+    <row r="398" ht="14.25" customHeight="1">
+      <c r="E398" s="80"/>
+    </row>
+    <row r="399" ht="14.25" customHeight="1">
+      <c r="E399" s="80"/>
+    </row>
+    <row r="400" ht="14.25" customHeight="1">
+      <c r="E400" s="80"/>
+    </row>
+    <row r="401" ht="14.25" customHeight="1">
+      <c r="E401" s="80"/>
+    </row>
+    <row r="402" ht="14.25" customHeight="1">
+      <c r="E402" s="80"/>
+    </row>
+    <row r="403" ht="14.25" customHeight="1">
+      <c r="E403" s="80"/>
+    </row>
+    <row r="404" ht="14.25" customHeight="1">
+      <c r="E404" s="80"/>
+    </row>
+    <row r="405" ht="14.25" customHeight="1">
+      <c r="E405" s="80"/>
+    </row>
+    <row r="406" ht="14.25" customHeight="1">
+      <c r="E406" s="80"/>
+    </row>
+    <row r="407" ht="14.25" customHeight="1">
+      <c r="E407" s="80"/>
+    </row>
+    <row r="408" ht="14.25" customHeight="1">
+      <c r="E408" s="80"/>
+    </row>
+    <row r="409" ht="14.25" customHeight="1">
+      <c r="E409" s="80"/>
+    </row>
+    <row r="410" ht="14.25" customHeight="1">
+      <c r="E410" s="80"/>
+    </row>
+    <row r="411" ht="14.25" customHeight="1">
+      <c r="E411" s="80"/>
+    </row>
+    <row r="412" ht="14.25" customHeight="1">
+      <c r="E412" s="80"/>
+    </row>
+    <row r="413" ht="14.25" customHeight="1">
+      <c r="E413" s="80"/>
+    </row>
+    <row r="414" ht="14.25" customHeight="1">
+      <c r="E414" s="80"/>
+    </row>
+    <row r="415" ht="14.25" customHeight="1">
+      <c r="E415" s="80"/>
+    </row>
+    <row r="416" ht="14.25" customHeight="1">
+      <c r="E416" s="80"/>
+    </row>
+    <row r="417" ht="14.25" customHeight="1">
+      <c r="E417" s="80"/>
+    </row>
+    <row r="418" ht="14.25" customHeight="1">
+      <c r="E418" s="80"/>
+    </row>
+    <row r="419" ht="14.25" customHeight="1">
+      <c r="E419" s="80"/>
+    </row>
+    <row r="420" ht="14.25" customHeight="1">
+      <c r="E420" s="80"/>
+    </row>
+    <row r="421" ht="14.25" customHeight="1">
+      <c r="E421" s="80"/>
+    </row>
+    <row r="422" ht="14.25" customHeight="1">
+      <c r="E422" s="80"/>
+    </row>
+    <row r="423" ht="14.25" customHeight="1">
+      <c r="E423" s="80"/>
+    </row>
+    <row r="424" ht="14.25" customHeight="1">
+      <c r="E424" s="80"/>
+    </row>
+    <row r="425" ht="14.25" customHeight="1">
+      <c r="E425" s="80"/>
+    </row>
+    <row r="426" ht="14.25" customHeight="1">
+      <c r="E426" s="80"/>
+    </row>
+    <row r="427" ht="14.25" customHeight="1">
+      <c r="E427" s="80"/>
+    </row>
+    <row r="428" ht="14.25" customHeight="1">
+      <c r="E428" s="80"/>
+    </row>
+    <row r="429" ht="14.25" customHeight="1">
+      <c r="E429" s="80"/>
+    </row>
+    <row r="430" ht="14.25" customHeight="1">
+      <c r="E430" s="80"/>
+    </row>
+    <row r="431" ht="14.25" customHeight="1">
+      <c r="E431" s="80"/>
+    </row>
+    <row r="432" ht="14.25" customHeight="1">
+      <c r="E432" s="80"/>
+    </row>
+    <row r="433" ht="14.25" customHeight="1">
+      <c r="E433" s="80"/>
+    </row>
+    <row r="434" ht="14.25" customHeight="1">
+      <c r="E434" s="80"/>
+    </row>
+    <row r="435" ht="14.25" customHeight="1">
+      <c r="E435" s="80"/>
+    </row>
+    <row r="436" ht="14.25" customHeight="1">
+      <c r="E436" s="80"/>
+    </row>
+    <row r="437" ht="14.25" customHeight="1">
+      <c r="E437" s="80"/>
+    </row>
+    <row r="438" ht="14.25" customHeight="1">
+      <c r="E438" s="80"/>
+    </row>
+    <row r="439" ht="14.25" customHeight="1">
+      <c r="E439" s="80"/>
+    </row>
+    <row r="440" ht="14.25" customHeight="1">
+      <c r="E440" s="80"/>
+    </row>
+    <row r="441" ht="14.25" customHeight="1">
+      <c r="E441" s="80"/>
+    </row>
+    <row r="442" ht="14.25" customHeight="1">
+      <c r="E442" s="80"/>
+    </row>
+    <row r="443" ht="14.25" customHeight="1">
+      <c r="E443" s="80"/>
+    </row>
+    <row r="444" ht="14.25" customHeight="1">
+      <c r="E444" s="80"/>
+    </row>
+    <row r="445" ht="14.25" customHeight="1">
+      <c r="E445" s="80"/>
+    </row>
+    <row r="446" ht="14.25" customHeight="1">
+      <c r="E446" s="80"/>
+    </row>
+    <row r="447" ht="14.25" customHeight="1">
+      <c r="E447" s="80"/>
+    </row>
+    <row r="448" ht="14.25" customHeight="1">
+      <c r="E448" s="80"/>
+    </row>
+    <row r="449" ht="14.25" customHeight="1">
+      <c r="E449" s="80"/>
+    </row>
+    <row r="450" ht="14.25" customHeight="1">
+      <c r="E450" s="80"/>
+    </row>
+    <row r="451" ht="14.25" customHeight="1">
+      <c r="E451" s="80"/>
+    </row>
+    <row r="452" ht="14.25" customHeight="1">
+      <c r="E452" s="80"/>
+    </row>
+    <row r="453" ht="14.25" customHeight="1">
+      <c r="E453" s="80"/>
+    </row>
+    <row r="454" ht="14.25" customHeight="1">
+      <c r="E454" s="80"/>
+    </row>
+    <row r="455" ht="14.25" customHeight="1">
+      <c r="E455" s="80"/>
+    </row>
+    <row r="456" ht="14.25" customHeight="1">
+      <c r="E456" s="80"/>
+    </row>
+    <row r="457" ht="14.25" customHeight="1">
+      <c r="E457" s="80"/>
+    </row>
+    <row r="458" ht="14.25" customHeight="1">
+      <c r="E458" s="80"/>
+    </row>
+    <row r="459" ht="14.25" customHeight="1">
+      <c r="E459" s="80"/>
+    </row>
+    <row r="460" ht="14.25" customHeight="1">
+      <c r="E460" s="80"/>
+    </row>
+    <row r="461" ht="14.25" customHeight="1">
+      <c r="E461" s="80"/>
+    </row>
+    <row r="462" ht="14.25" customHeight="1">
+      <c r="E462" s="80"/>
+    </row>
+    <row r="463" ht="14.25" customHeight="1">
+      <c r="E463" s="80"/>
+    </row>
+    <row r="464" ht="14.25" customHeight="1">
+      <c r="E464" s="80"/>
+    </row>
+    <row r="465" ht="14.25" customHeight="1">
+      <c r="E465" s="80"/>
+    </row>
+    <row r="466" ht="14.25" customHeight="1">
+      <c r="E466" s="80"/>
+    </row>
+    <row r="467" ht="14.25" customHeight="1">
+      <c r="E467" s="80"/>
+    </row>
+    <row r="468" ht="14.25" customHeight="1">
+      <c r="E468" s="80"/>
+    </row>
+    <row r="469" ht="14.25" customHeight="1">
+      <c r="E469" s="80"/>
+    </row>
+    <row r="470" ht="14.25" customHeight="1">
+      <c r="E470" s="80"/>
+    </row>
+    <row r="471" ht="14.25" customHeight="1">
+      <c r="E471" s="80"/>
+    </row>
+    <row r="472" ht="14.25" customHeight="1">
+      <c r="E472" s="80"/>
+    </row>
+    <row r="473" ht="14.25" customHeight="1">
+      <c r="E473" s="80"/>
+    </row>
+    <row r="474" ht="14.25" customHeight="1">
+      <c r="E474" s="80"/>
+    </row>
+    <row r="475" ht="14.25" customHeight="1">
+      <c r="E475" s="80"/>
+    </row>
+    <row r="476" ht="14.25" customHeight="1">
+      <c r="E476" s="80"/>
+    </row>
+    <row r="477" ht="14.25" customHeight="1">
+      <c r="E477" s="80"/>
+    </row>
+    <row r="478" ht="14.25" customHeight="1">
+      <c r="E478" s="80"/>
+    </row>
+    <row r="479" ht="14.25" customHeight="1">
+      <c r="E479" s="80"/>
+    </row>
+    <row r="480" ht="14.25" customHeight="1">
+      <c r="E480" s="80"/>
+    </row>
+    <row r="481" ht="14.25" customHeight="1">
+      <c r="E481" s="80"/>
+    </row>
+    <row r="482" ht="14.25" customHeight="1">
+      <c r="E482" s="80"/>
+    </row>
+    <row r="483" ht="14.25" customHeight="1">
+      <c r="E483" s="80"/>
+    </row>
+    <row r="484" ht="14.25" customHeight="1">
+      <c r="E484" s="80"/>
+    </row>
+    <row r="485" ht="14.25" customHeight="1">
+      <c r="E485" s="80"/>
+    </row>
+    <row r="486" ht="14.25" customHeight="1">
+      <c r="E486" s="80"/>
+    </row>
+    <row r="487" ht="14.25" customHeight="1">
+      <c r="E487" s="80"/>
+    </row>
+    <row r="488" ht="14.25" customHeight="1">
+      <c r="E488" s="80"/>
+    </row>
+    <row r="489" ht="14.25" customHeight="1">
+      <c r="E489" s="80"/>
+    </row>
+    <row r="490" ht="14.25" customHeight="1">
+      <c r="E490" s="80"/>
+    </row>
+    <row r="491" ht="14.25" customHeight="1">
+      <c r="E491" s="80"/>
+    </row>
+    <row r="492" ht="14.25" customHeight="1">
+      <c r="E492" s="80"/>
+    </row>
+    <row r="493" ht="14.25" customHeight="1">
+      <c r="E493" s="80"/>
+    </row>
+    <row r="494" ht="14.25" customHeight="1">
+      <c r="E494" s="80"/>
+    </row>
+    <row r="495" ht="14.25" customHeight="1">
+      <c r="E495" s="80"/>
+    </row>
+    <row r="496" ht="14.25" customHeight="1">
+      <c r="E496" s="80"/>
+    </row>
+    <row r="497" ht="14.25" customHeight="1">
+      <c r="E497" s="80"/>
+    </row>
+    <row r="498" ht="14.25" customHeight="1">
+      <c r="E498" s="80"/>
+    </row>
+    <row r="499" ht="14.25" customHeight="1">
+      <c r="E499" s="80"/>
+    </row>
+    <row r="500" ht="14.25" customHeight="1">
+      <c r="E500" s="80"/>
+    </row>
+    <row r="501" ht="14.25" customHeight="1">
+      <c r="E501" s="80"/>
+    </row>
+    <row r="502" ht="14.25" customHeight="1">
+      <c r="E502" s="80"/>
+    </row>
+    <row r="503" ht="14.25" customHeight="1">
+      <c r="E503" s="80"/>
+    </row>
+    <row r="504" ht="14.25" customHeight="1">
+      <c r="E504" s="80"/>
+    </row>
+    <row r="505" ht="14.25" customHeight="1">
+      <c r="E505" s="80"/>
+    </row>
+    <row r="506" ht="14.25" customHeight="1">
+      <c r="E506" s="80"/>
+    </row>
+    <row r="507" ht="14.25" customHeight="1">
+      <c r="E507" s="80"/>
+    </row>
+    <row r="508" ht="14.25" customHeight="1">
+      <c r="E508" s="80"/>
+    </row>
+    <row r="509" ht="14.25" customHeight="1">
+      <c r="E509" s="80"/>
+    </row>
+    <row r="510" ht="14.25" customHeight="1">
+      <c r="E510" s="80"/>
+    </row>
+    <row r="511" ht="14.25" customHeight="1">
+      <c r="E511" s="80"/>
+    </row>
+    <row r="512" ht="14.25" customHeight="1">
+      <c r="E512" s="80"/>
+    </row>
+    <row r="513" ht="14.25" customHeight="1">
+      <c r="E513" s="80"/>
+    </row>
+    <row r="514" ht="14.25" customHeight="1">
+      <c r="E514" s="80"/>
+    </row>
+    <row r="515" ht="14.25" customHeight="1">
+      <c r="E515" s="80"/>
+    </row>
+    <row r="516" ht="14.25" customHeight="1">
+      <c r="E516" s="80"/>
+    </row>
+    <row r="517" ht="14.25" customHeight="1">
+      <c r="E517" s="80"/>
+    </row>
+    <row r="518" ht="14.25" customHeight="1">
+      <c r="E518" s="80"/>
+    </row>
+    <row r="519" ht="14.25" customHeight="1">
+      <c r="E519" s="80"/>
+    </row>
+    <row r="520" ht="14.25" customHeight="1">
+      <c r="E520" s="80"/>
+    </row>
+    <row r="521" ht="14.25" customHeight="1">
+      <c r="E521" s="80"/>
+    </row>
+    <row r="522" ht="14.25" customHeight="1">
+      <c r="E522" s="80"/>
+    </row>
+    <row r="523" ht="14.25" customHeight="1">
+      <c r="E523" s="80"/>
+    </row>
+    <row r="524" ht="14.25" customHeight="1">
+      <c r="E524" s="80"/>
+    </row>
+    <row r="525" ht="14.25" customHeight="1">
+      <c r="E525" s="80"/>
+    </row>
+    <row r="526" ht="14.25" customHeight="1">
+      <c r="E526" s="80"/>
+    </row>
+    <row r="527" ht="14.25" customHeight="1">
+      <c r="E527" s="80"/>
+    </row>
+    <row r="528" ht="14.25" customHeight="1">
+      <c r="E528" s="80"/>
+    </row>
+    <row r="529" ht="14.25" customHeight="1">
+      <c r="E529" s="80"/>
+    </row>
+    <row r="530" ht="14.25" customHeight="1">
+      <c r="E530" s="80"/>
+    </row>
+    <row r="531" ht="14.25" customHeight="1">
+      <c r="E531" s="80"/>
+    </row>
+    <row r="532" ht="14.25" customHeight="1">
+      <c r="E532" s="80"/>
+    </row>
+    <row r="533" ht="14.25" customHeight="1">
+      <c r="E533" s="80"/>
+    </row>
+    <row r="534" ht="14.25" customHeight="1">
+      <c r="E534" s="80"/>
+    </row>
+    <row r="535" ht="14.25" customHeight="1">
+      <c r="E535" s="80"/>
+    </row>
+    <row r="536" ht="14.25" customHeight="1">
+      <c r="E536" s="80"/>
+    </row>
+    <row r="537" ht="14.25" customHeight="1">
+      <c r="E537" s="80"/>
+    </row>
+    <row r="538" ht="14.25" customHeight="1">
+      <c r="E538" s="80"/>
+    </row>
+    <row r="539" ht="14.25" customHeight="1">
+      <c r="E539" s="80"/>
+    </row>
+    <row r="540" ht="14.25" customHeight="1">
+      <c r="E540" s="80"/>
+    </row>
+    <row r="541" ht="14.25" customHeight="1">
+      <c r="E541" s="80"/>
+    </row>
+    <row r="542" ht="14.25" customHeight="1">
+      <c r="E542" s="80"/>
+    </row>
+    <row r="543" ht="14.25" customHeight="1">
+      <c r="E543" s="80"/>
+    </row>
+    <row r="544" ht="14.25" customHeight="1">
+      <c r="E544" s="80"/>
+    </row>
+    <row r="545" ht="14.25" customHeight="1">
+      <c r="E545" s="80"/>
+    </row>
+    <row r="546" ht="14.25" customHeight="1">
+      <c r="E546" s="80"/>
+    </row>
+    <row r="547" ht="14.25" customHeight="1">
+      <c r="E547" s="80"/>
+    </row>
+    <row r="548" ht="14.25" customHeight="1">
+      <c r="E548" s="80"/>
+    </row>
+    <row r="549" ht="14.25" customHeight="1">
+      <c r="E549" s="80"/>
+    </row>
+    <row r="550" ht="14.25" customHeight="1">
+      <c r="E550" s="80"/>
+    </row>
+    <row r="551" ht="14.25" customHeight="1">
+      <c r="E551" s="80"/>
+    </row>
+    <row r="552" ht="14.25" customHeight="1">
+      <c r="E552" s="80"/>
+    </row>
+    <row r="553" ht="14.25" customHeight="1">
+      <c r="E553" s="80"/>
+    </row>
+    <row r="554" ht="14.25" customHeight="1">
+      <c r="E554" s="80"/>
+    </row>
+    <row r="555" ht="14.25" customHeight="1">
+      <c r="E555" s="80"/>
+    </row>
+    <row r="556" ht="14.25" customHeight="1">
+      <c r="E556" s="80"/>
+    </row>
+    <row r="557" ht="14.25" customHeight="1">
+      <c r="E557" s="80"/>
+    </row>
+    <row r="558" ht="14.25" customHeight="1">
+      <c r="E558" s="80"/>
+    </row>
+    <row r="559" ht="14.25" customHeight="1">
+      <c r="E559" s="80"/>
+    </row>
+    <row r="560" ht="14.25" customHeight="1">
+      <c r="E560" s="80"/>
+    </row>
+    <row r="561" ht="14.25" customHeight="1">
+      <c r="E561" s="80"/>
+    </row>
+    <row r="562" ht="14.25" customHeight="1">
+      <c r="E562" s="80"/>
+    </row>
+    <row r="563" ht="14.25" customHeight="1">
+      <c r="E563" s="80"/>
+    </row>
+    <row r="564" ht="14.25" customHeight="1">
+      <c r="E564" s="80"/>
+    </row>
+    <row r="565" ht="14.25" customHeight="1">
+      <c r="E565" s="80"/>
+    </row>
+    <row r="566" ht="14.25" customHeight="1">
+      <c r="E566" s="80"/>
+    </row>
+    <row r="567" ht="14.25" customHeight="1">
+      <c r="E567" s="80"/>
+    </row>
+    <row r="568" ht="14.25" customHeight="1">
+      <c r="E568" s="80"/>
+    </row>
+    <row r="569" ht="14.25" customHeight="1">
+      <c r="E569" s="80"/>
+    </row>
+    <row r="570" ht="14.25" customHeight="1">
+      <c r="E570" s="80"/>
+    </row>
+    <row r="571" ht="14.25" customHeight="1">
+      <c r="E571" s="80"/>
+    </row>
+    <row r="572" ht="14.25" customHeight="1">
+      <c r="E572" s="80"/>
+    </row>
+    <row r="573" ht="14.25" customHeight="1">
+      <c r="E573" s="80"/>
+    </row>
+    <row r="574" ht="14.25" customHeight="1">
+      <c r="E574" s="80"/>
+    </row>
+    <row r="575" ht="14.25" customHeight="1">
+      <c r="E575" s="80"/>
+    </row>
+    <row r="576" ht="14.25" customHeight="1">
+      <c r="E576" s="80"/>
+    </row>
+    <row r="577" ht="14.25" customHeight="1">
+      <c r="E577" s="80"/>
+    </row>
+    <row r="578" ht="14.25" customHeight="1">
+      <c r="E578" s="80"/>
+    </row>
+    <row r="579" ht="14.25" customHeight="1">
+      <c r="E579" s="80"/>
+    </row>
+    <row r="580" ht="14.25" customHeight="1">
+      <c r="E580" s="80"/>
+    </row>
+    <row r="581" ht="14.25" customHeight="1">
+      <c r="E581" s="80"/>
+    </row>
+    <row r="582" ht="14.25" customHeight="1">
+      <c r="E582" s="80"/>
+    </row>
+    <row r="583" ht="14.25" customHeight="1">
+      <c r="E583" s="80"/>
+    </row>
+    <row r="584" ht="14.25" customHeight="1">
+      <c r="E584" s="80"/>
+    </row>
+    <row r="585" ht="14.25" customHeight="1">
+      <c r="E585" s="80"/>
+    </row>
+    <row r="586" ht="14.25" customHeight="1">
+      <c r="E586" s="80"/>
+    </row>
+    <row r="587" ht="14.25" customHeight="1">
+      <c r="E587" s="80"/>
+    </row>
+    <row r="588" ht="14.25" customHeight="1">
+      <c r="E588" s="80"/>
+    </row>
+    <row r="589" ht="14.25" customHeight="1">
+      <c r="E589" s="80"/>
+    </row>
+    <row r="590" ht="14.25" customHeight="1">
+      <c r="E590" s="80"/>
+    </row>
+    <row r="591" ht="14.25" customHeight="1">
+      <c r="E591" s="80"/>
+    </row>
+    <row r="592" ht="14.25" customHeight="1">
+      <c r="E592" s="80"/>
+    </row>
+    <row r="593" ht="14.25" customHeight="1">
+      <c r="E593" s="80"/>
+    </row>
+    <row r="594" ht="14.25" customHeight="1">
+      <c r="E594" s="80"/>
+    </row>
+    <row r="595" ht="14.25" customHeight="1">
+      <c r="E595" s="80"/>
+    </row>
+    <row r="596" ht="14.25" customHeight="1">
+      <c r="E596" s="80"/>
+    </row>
+    <row r="597" ht="14.25" customHeight="1">
+      <c r="E597" s="80"/>
+    </row>
+    <row r="598" ht="14.25" customHeight="1">
+      <c r="E598" s="80"/>
+    </row>
+    <row r="599" ht="14.25" customHeight="1">
+      <c r="E599" s="80"/>
+    </row>
+    <row r="600" ht="14.25" customHeight="1">
+      <c r="E600" s="80"/>
+    </row>
+    <row r="601" ht="14.25" customHeight="1">
+      <c r="E601" s="80"/>
+    </row>
+    <row r="602" ht="14.25" customHeight="1">
+      <c r="E602" s="80"/>
+    </row>
+    <row r="603" ht="14.25" customHeight="1">
+      <c r="E603" s="80"/>
+    </row>
+    <row r="604" ht="14.25" customHeight="1">
+      <c r="E604" s="80"/>
+    </row>
+    <row r="605" ht="14.25" customHeight="1">
+      <c r="E605" s="80"/>
+    </row>
+    <row r="606" ht="14.25" customHeight="1">
+      <c r="E606" s="80"/>
+    </row>
+    <row r="607" ht="14.25" customHeight="1">
+      <c r="E607" s="80"/>
+    </row>
+    <row r="608" ht="14.25" customHeight="1">
+      <c r="E608" s="80"/>
+    </row>
+    <row r="609" ht="14.25" customHeight="1">
+      <c r="E609" s="80"/>
+    </row>
+    <row r="610" ht="14.25" customHeight="1">
+      <c r="E610" s="80"/>
+    </row>
+    <row r="611" ht="14.25" customHeight="1">
+      <c r="E611" s="80"/>
+    </row>
+    <row r="612" ht="14.25" customHeight="1">
+      <c r="E612" s="80"/>
+    </row>
+    <row r="613" ht="14.25" customHeight="1">
+      <c r="E613" s="80"/>
+    </row>
+    <row r="614" ht="14.25" customHeight="1">
+      <c r="E614" s="80"/>
+    </row>
+    <row r="615" ht="14.25" customHeight="1">
+      <c r="E615" s="80"/>
+    </row>
+    <row r="616" ht="14.25" customHeight="1">
+      <c r="E616" s="80"/>
+    </row>
+    <row r="617" ht="14.25" customHeight="1">
+      <c r="E617" s="80"/>
+    </row>
+    <row r="618" ht="14.25" customHeight="1">
+      <c r="E618" s="80"/>
+    </row>
+    <row r="619" ht="14.25" customHeight="1">
+      <c r="E619" s="80"/>
+    </row>
+    <row r="620" ht="14.25" customHeight="1">
+      <c r="E620" s="80"/>
+    </row>
+    <row r="621" ht="14.25" customHeight="1">
+      <c r="E621" s="80"/>
+    </row>
+    <row r="622" ht="14.25" customHeight="1">
+      <c r="E622" s="80"/>
+    </row>
+    <row r="623" ht="14.25" customHeight="1">
+      <c r="E623" s="80"/>
+    </row>
+    <row r="624" ht="14.25" customHeight="1">
+      <c r="E624" s="80"/>
+    </row>
+    <row r="625" ht="14.25" customHeight="1">
+      <c r="E625" s="80"/>
+    </row>
+    <row r="626" ht="14.25" customHeight="1">
+      <c r="E626" s="80"/>
+    </row>
+    <row r="627" ht="14.25" customHeight="1">
+      <c r="E627" s="80"/>
+    </row>
+    <row r="628" ht="14.25" customHeight="1">
+      <c r="E628" s="80"/>
+    </row>
+    <row r="629" ht="14.25" customHeight="1">
+      <c r="E629" s="80"/>
+    </row>
+    <row r="630" ht="14.25" customHeight="1">
+      <c r="E630" s="80"/>
+    </row>
+    <row r="631" ht="14.25" customHeight="1">
+      <c r="E631" s="80"/>
+    </row>
+    <row r="632" ht="14.25" customHeight="1">
+      <c r="E632" s="80"/>
+    </row>
+    <row r="633" ht="14.25" customHeight="1">
+      <c r="E633" s="80"/>
+    </row>
+    <row r="634" ht="14.25" customHeight="1">
+      <c r="E634" s="80"/>
+    </row>
+    <row r="635" ht="14.25" customHeight="1">
+      <c r="E635" s="80"/>
+    </row>
+    <row r="636" ht="14.25" customHeight="1">
+      <c r="E636" s="80"/>
+    </row>
+    <row r="637" ht="14.25" customHeight="1">
+      <c r="E637" s="80"/>
+    </row>
+    <row r="638" ht="14.25" customHeight="1">
+      <c r="E638" s="80"/>
+    </row>
+    <row r="639" ht="14.25" customHeight="1">
+      <c r="E639" s="80"/>
+    </row>
+    <row r="640" ht="14.25" customHeight="1">
+      <c r="E640" s="80"/>
+    </row>
+    <row r="641" ht="14.25" customHeight="1">
+      <c r="E641" s="80"/>
+    </row>
+    <row r="642" ht="14.25" customHeight="1">
+      <c r="E642" s="80"/>
+    </row>
+    <row r="643" ht="14.25" customHeight="1">
+      <c r="E643" s="80"/>
+    </row>
+    <row r="644" ht="14.25" customHeight="1">
+      <c r="E644" s="80"/>
+    </row>
+    <row r="645" ht="14.25" customHeight="1">
+      <c r="E645" s="80"/>
+    </row>
+    <row r="646" ht="14.25" customHeight="1">
+      <c r="E646" s="80"/>
+    </row>
+    <row r="647" ht="14.25" customHeight="1">
+      <c r="E647" s="80"/>
+    </row>
+    <row r="648" ht="14.25" customHeight="1">
+      <c r="E648" s="80"/>
+    </row>
+    <row r="649" ht="14.25" customHeight="1">
+      <c r="E649" s="80"/>
+    </row>
+    <row r="650" ht="14.25" customHeight="1">
+      <c r="E650" s="80"/>
+    </row>
+    <row r="651" ht="14.25" customHeight="1">
+      <c r="E651" s="80"/>
+    </row>
+    <row r="652" ht="14.25" customHeight="1">
+      <c r="E652" s="80"/>
+    </row>
+    <row r="653" ht="14.25" customHeight="1">
+      <c r="E653" s="80"/>
+    </row>
+    <row r="654" ht="14.25" customHeight="1">
+      <c r="E654" s="80"/>
+    </row>
+    <row r="655" ht="14.25" customHeight="1">
+      <c r="E655" s="80"/>
+    </row>
+    <row r="656" ht="14.25" customHeight="1">
+      <c r="E656" s="80"/>
+    </row>
+    <row r="657" ht="14.25" customHeight="1">
+      <c r="E657" s="80"/>
+    </row>
+    <row r="658" ht="14.25" customHeight="1">
+      <c r="E658" s="80"/>
+    </row>
+    <row r="659" ht="14.25" customHeight="1">
+      <c r="E659" s="80"/>
+    </row>
+    <row r="660" ht="14.25" customHeight="1">
+      <c r="E660" s="80"/>
+    </row>
+    <row r="661" ht="14.25" customHeight="1">
+      <c r="E661" s="80"/>
+    </row>
+    <row r="662" ht="14.25" customHeight="1">
+      <c r="E662" s="80"/>
+    </row>
+    <row r="663" ht="14.25" customHeight="1">
+      <c r="E663" s="80"/>
+    </row>
+    <row r="664" ht="14.25" customHeight="1">
+      <c r="E664" s="80"/>
+    </row>
+    <row r="665" ht="14.25" customHeight="1">
+      <c r="E665" s="80"/>
+    </row>
+    <row r="666" ht="14.25" customHeight="1">
+      <c r="E666" s="80"/>
+    </row>
+    <row r="667" ht="14.25" customHeight="1">
+      <c r="E667" s="80"/>
+    </row>
+    <row r="668" ht="14.25" customHeight="1">
+      <c r="E668" s="80"/>
+    </row>
+    <row r="669" ht="14.25" customHeight="1">
+      <c r="E669" s="80"/>
+    </row>
+    <row r="670" ht="14.25" customHeight="1">
+      <c r="E670" s="80"/>
+    </row>
+    <row r="671" ht="14.25" customHeight="1">
+      <c r="E671" s="80"/>
+    </row>
+    <row r="672" ht="14.25" customHeight="1">
+      <c r="E672" s="80"/>
+    </row>
+    <row r="673" ht="14.25" customHeight="1">
+      <c r="E673" s="80"/>
+    </row>
+    <row r="674" ht="14.25" customHeight="1">
+      <c r="E674" s="80"/>
+    </row>
+    <row r="675" ht="14.25" customHeight="1">
+      <c r="E675" s="80"/>
+    </row>
+    <row r="676" ht="14.25" customHeight="1">
+      <c r="E676" s="80"/>
+    </row>
+    <row r="677" ht="14.25" customHeight="1">
+      <c r="E677" s="80"/>
+    </row>
+    <row r="678" ht="14.25" customHeight="1">
+      <c r="E678" s="80"/>
+    </row>
+    <row r="679" ht="14.25" customHeight="1">
+      <c r="E679" s="80"/>
+    </row>
+    <row r="680" ht="14.25" customHeight="1">
+      <c r="E680" s="80"/>
+    </row>
+    <row r="681" ht="14.25" customHeight="1">
+      <c r="E681" s="80"/>
+    </row>
+    <row r="682" ht="14.25" customHeight="1">
+      <c r="E682" s="80"/>
+    </row>
+    <row r="683" ht="14.25" customHeight="1">
+      <c r="E683" s="80"/>
+    </row>
+    <row r="684" ht="14.25" customHeight="1">
+      <c r="E684" s="80"/>
+    </row>
+    <row r="685" ht="14.25" customHeight="1">
+      <c r="E685" s="80"/>
+    </row>
+    <row r="686" ht="14.25" customHeight="1">
+      <c r="E686" s="80"/>
+    </row>
+    <row r="687" ht="14.25" customHeight="1">
+      <c r="E687" s="80"/>
+    </row>
+    <row r="688" ht="14.25" customHeight="1">
+      <c r="E688" s="80"/>
+    </row>
+    <row r="689" ht="14.25" customHeight="1">
+      <c r="E689" s="80"/>
+    </row>
+    <row r="690" ht="14.25" customHeight="1">
+      <c r="E690" s="80"/>
+    </row>
+    <row r="691" ht="14.25" customHeight="1">
+      <c r="E691" s="80"/>
+    </row>
+    <row r="692" ht="14.25" customHeight="1">
+      <c r="E692" s="80"/>
+    </row>
+    <row r="693" ht="14.25" customHeight="1">
+      <c r="E693" s="80"/>
+    </row>
+    <row r="694" ht="14.25" customHeight="1">
+      <c r="E694" s="80"/>
+    </row>
+    <row r="695" ht="14.25" customHeight="1">
+      <c r="E695" s="80"/>
+    </row>
+    <row r="696" ht="14.25" customHeight="1">
+      <c r="E696" s="80"/>
+    </row>
+    <row r="697" ht="14.25" customHeight="1">
+      <c r="E697" s="80"/>
+    </row>
+    <row r="698" ht="14.25" customHeight="1">
+      <c r="E698" s="80"/>
+    </row>
+    <row r="699" ht="14.25" customHeight="1">
+      <c r="E699" s="80"/>
+    </row>
+    <row r="700" ht="14.25" customHeight="1">
+      <c r="E700" s="80"/>
+    </row>
+    <row r="701" ht="14.25" customHeight="1">
+      <c r="E701" s="80"/>
+    </row>
+    <row r="702" ht="14.25" customHeight="1">
+      <c r="E702" s="80"/>
+    </row>
+    <row r="703" ht="14.25" customHeight="1">
+      <c r="E703" s="80"/>
+    </row>
+    <row r="704" ht="14.25" customHeight="1">
+      <c r="E704" s="80"/>
+    </row>
+    <row r="705" ht="14.25" customHeight="1">
+      <c r="E705" s="80"/>
+    </row>
+    <row r="706" ht="14.25" customHeight="1">
+      <c r="E706" s="80"/>
+    </row>
+    <row r="707" ht="14.25" customHeight="1">
+      <c r="E707" s="80"/>
+    </row>
+    <row r="708" ht="14.25" customHeight="1">
+      <c r="E708" s="80"/>
+    </row>
+    <row r="709" ht="14.25" customHeight="1">
+      <c r="E709" s="80"/>
+    </row>
+    <row r="710" ht="14.25" customHeight="1">
+      <c r="E710" s="80"/>
+    </row>
+    <row r="711" ht="14.25" customHeight="1">
+      <c r="E711" s="80"/>
+    </row>
+    <row r="712" ht="14.25" customHeight="1">
+      <c r="E712" s="80"/>
+    </row>
+    <row r="713" ht="14.25" customHeight="1">
+      <c r="E713" s="80"/>
+    </row>
+    <row r="714" ht="14.25" customHeight="1">
+      <c r="E714" s="80"/>
+    </row>
+    <row r="715" ht="14.25" customHeight="1">
+      <c r="E715" s="80"/>
+    </row>
+    <row r="716" ht="14.25" customHeight="1">
+      <c r="E716" s="80"/>
+    </row>
+    <row r="717" ht="14.25" customHeight="1">
+      <c r="E717" s="80"/>
+    </row>
+    <row r="718" ht="14.25" customHeight="1">
+      <c r="E718" s="80"/>
+    </row>
+    <row r="719" ht="14.25" customHeight="1">
+      <c r="E719" s="80"/>
+    </row>
+    <row r="720" ht="14.25" customHeight="1">
+      <c r="E720" s="80"/>
+    </row>
+    <row r="721" ht="14.25" customHeight="1">
+      <c r="E721" s="80"/>
+    </row>
+    <row r="722" ht="14.25" customHeight="1">
+      <c r="E722" s="80"/>
+    </row>
+    <row r="723" ht="14.25" customHeight="1">
+      <c r="E723" s="80"/>
+    </row>
+    <row r="724" ht="14.25" customHeight="1">
+      <c r="E724" s="80"/>
+    </row>
+    <row r="725" ht="14.25" customHeight="1">
+      <c r="E725" s="80"/>
+    </row>
+    <row r="726" ht="14.25" customHeight="1">
+      <c r="E726" s="80"/>
+    </row>
+    <row r="727" ht="14.25" customHeight="1">
+      <c r="E727" s="80"/>
+    </row>
+    <row r="728" ht="14.25" customHeight="1">
+      <c r="E728" s="80"/>
+    </row>
+    <row r="729" ht="14.25" customHeight="1">
+      <c r="E729" s="80"/>
+    </row>
+    <row r="730" ht="14.25" customHeight="1">
+      <c r="E730" s="80"/>
+    </row>
+    <row r="731" ht="14.25" customHeight="1">
+      <c r="E731" s="80"/>
+    </row>
+    <row r="732" ht="14.25" customHeight="1">
+      <c r="E732" s="80"/>
+    </row>
+    <row r="733" ht="14.25" customHeight="1">
+      <c r="E733" s="80"/>
+    </row>
+    <row r="734" ht="14.25" customHeight="1">
+      <c r="E734" s="80"/>
+    </row>
+    <row r="735" ht="14.25" customHeight="1">
+      <c r="E735" s="80"/>
+    </row>
+    <row r="736" ht="14.25" customHeight="1">
+      <c r="E736" s="80"/>
+    </row>
+    <row r="737" ht="14.25" customHeight="1">
+      <c r="E737" s="80"/>
+    </row>
+    <row r="738" ht="14.25" customHeight="1">
+      <c r="E738" s="80"/>
+    </row>
+    <row r="739" ht="14.25" customHeight="1">
+      <c r="E739" s="80"/>
+    </row>
+    <row r="740" ht="14.25" customHeight="1">
+      <c r="E740" s="80"/>
+    </row>
+    <row r="741" ht="14.25" customHeight="1">
+      <c r="E741" s="80"/>
+    </row>
+    <row r="742" ht="14.25" customHeight="1">
+      <c r="E742" s="80"/>
+    </row>
+    <row r="743" ht="14.25" customHeight="1">
+      <c r="E743" s="80"/>
+    </row>
+    <row r="744" ht="14.25" customHeight="1">
+      <c r="E744" s="80"/>
+    </row>
+    <row r="745" ht="14.25" customHeight="1">
+      <c r="E745" s="80"/>
+    </row>
+    <row r="746" ht="14.25" customHeight="1">
+      <c r="E746" s="80"/>
+    </row>
+    <row r="747" ht="14.25" customHeight="1">
+      <c r="E747" s="80"/>
+    </row>
+    <row r="748" ht="14.25" customHeight="1">
+      <c r="E748" s="80"/>
+    </row>
+    <row r="749" ht="14.25" customHeight="1">
+      <c r="E749" s="80"/>
+    </row>
+    <row r="750" ht="14.25" customHeight="1">
+      <c r="E750" s="80"/>
+    </row>
+    <row r="751" ht="14.25" customHeight="1">
+      <c r="E751" s="80"/>
+    </row>
+    <row r="752" ht="14.25" customHeight="1">
+      <c r="E752" s="80"/>
+    </row>
+    <row r="753" ht="14.25" customHeight="1">
+      <c r="E753" s="80"/>
+    </row>
+    <row r="754" ht="14.25" customHeight="1">
+      <c r="E754" s="80"/>
+    </row>
+    <row r="755" ht="14.25" customHeight="1">
+      <c r="E755" s="80"/>
+    </row>
+    <row r="756" ht="14.25" customHeight="1">
+      <c r="E756" s="80"/>
+    </row>
+    <row r="757" ht="14.25" customHeight="1">
+      <c r="E757" s="80"/>
+    </row>
+    <row r="758" ht="14.25" customHeight="1">
+      <c r="E758" s="80"/>
+    </row>
+    <row r="759" ht="14.25" customHeight="1">
+      <c r="E759" s="80"/>
+    </row>
+    <row r="760" ht="14.25" customHeight="1">
+      <c r="E760" s="80"/>
+    </row>
+    <row r="761" ht="14.25" customHeight="1">
+      <c r="E761" s="80"/>
+    </row>
+    <row r="762" ht="14.25" customHeight="1">
+      <c r="E762" s="80"/>
+    </row>
+    <row r="763" ht="14.25" customHeight="1">
+      <c r="E763" s="80"/>
+    </row>
+    <row r="764" ht="14.25" customHeight="1">
+      <c r="E764" s="80"/>
+    </row>
+    <row r="765" ht="14.25" customHeight="1">
+      <c r="E765" s="80"/>
+    </row>
+    <row r="766" ht="14.25" customHeight="1">
+      <c r="E766" s="80"/>
+    </row>
+    <row r="767" ht="14.25" customHeight="1">
+      <c r="E767" s="80"/>
+    </row>
+    <row r="768" ht="14.25" customHeight="1">
+      <c r="E768" s="80"/>
+    </row>
+    <row r="769" ht="14.25" customHeight="1">
+      <c r="E769" s="80"/>
+    </row>
+    <row r="770" ht="14.25" customHeight="1">
+      <c r="E770" s="80"/>
+    </row>
+    <row r="771" ht="14.25" customHeight="1">
+      <c r="E771" s="80"/>
+    </row>
+    <row r="772" ht="14.25" customHeight="1">
+      <c r="E772" s="80"/>
+    </row>
+    <row r="773" ht="14.25" customHeight="1">
+      <c r="E773" s="80"/>
+    </row>
+    <row r="774" ht="14.25" customHeight="1">
+      <c r="E774" s="80"/>
+    </row>
+    <row r="775" ht="14.25" customHeight="1">
+      <c r="E775" s="80"/>
+    </row>
+    <row r="776" ht="14.25" customHeight="1">
+      <c r="E776" s="80"/>
+    </row>
+    <row r="777" ht="14.25" customHeight="1">
+      <c r="E777" s="80"/>
+    </row>
+    <row r="778" ht="14.25" customHeight="1">
+      <c r="E778" s="80"/>
+    </row>
+    <row r="779" ht="14.25" customHeight="1">
+      <c r="E779" s="80"/>
+    </row>
+    <row r="780" ht="14.25" customHeight="1">
+      <c r="E780" s="80"/>
+    </row>
+    <row r="781" ht="14.25" customHeight="1">
+      <c r="E781" s="80"/>
+    </row>
+    <row r="782" ht="14.25" customHeight="1">
+      <c r="E782" s="80"/>
+    </row>
+    <row r="783" ht="14.25" customHeight="1">
+      <c r="E783" s="80"/>
+    </row>
+    <row r="784" ht="14.25" customHeight="1">
+      <c r="E784" s="80"/>
+    </row>
+    <row r="785" ht="14.25" customHeight="1">
+      <c r="E785" s="80"/>
+    </row>
+    <row r="786" ht="14.25" customHeight="1">
+      <c r="E786" s="80"/>
+    </row>
+    <row r="787" ht="14.25" customHeight="1">
+      <c r="E787" s="80"/>
+    </row>
+    <row r="788" ht="14.25" customHeight="1">
+      <c r="E788" s="80"/>
+    </row>
+    <row r="789" ht="14.25" customHeight="1">
+      <c r="E789" s="80"/>
+    </row>
+    <row r="790" ht="14.25" customHeight="1">
+      <c r="E790" s="80"/>
+    </row>
+    <row r="791" ht="14.25" customHeight="1">
+      <c r="E791" s="80"/>
+    </row>
+    <row r="792" ht="14.25" customHeight="1">
+      <c r="E792" s="80"/>
+    </row>
+    <row r="793" ht="14.25" customHeight="1">
+      <c r="E793" s="80"/>
+    </row>
+    <row r="794" ht="14.25" customHeight="1">
+      <c r="E794" s="80"/>
+    </row>
+    <row r="795" ht="14.25" customHeight="1">
+      <c r="E795" s="80"/>
+    </row>
+    <row r="796" ht="14.25" customHeight="1">
+      <c r="E796" s="80"/>
+    </row>
+    <row r="797" ht="14.25" customHeight="1">
+      <c r="E797" s="80"/>
+    </row>
+    <row r="798" ht="14.25" customHeight="1">
+      <c r="E798" s="80"/>
+    </row>
+    <row r="799" ht="14.25" customHeight="1">
+      <c r="E799" s="80"/>
+    </row>
+    <row r="800" ht="14.25" customHeight="1">
+      <c r="E800" s="80"/>
+    </row>
+    <row r="801" ht="14.25" customHeight="1">
+      <c r="E801" s="80"/>
+    </row>
+    <row r="802" ht="14.25" customHeight="1">
+      <c r="E802" s="80"/>
+    </row>
+    <row r="803" ht="14.25" customHeight="1">
+      <c r="E803" s="80"/>
+    </row>
+    <row r="804" ht="14.25" customHeight="1">
+      <c r="E804" s="80"/>
+    </row>
+    <row r="805" ht="14.25" customHeight="1">
+      <c r="E805" s="80"/>
+    </row>
+    <row r="806" ht="14.25" customHeight="1">
+      <c r="E806" s="80"/>
+    </row>
+    <row r="807" ht="14.25" customHeight="1">
+      <c r="E807" s="80"/>
+    </row>
+    <row r="808" ht="14.25" customHeight="1">
+      <c r="E808" s="80"/>
+    </row>
+    <row r="809" ht="14.25" customHeight="1">
+      <c r="E809" s="80"/>
+    </row>
+    <row r="810" ht="14.25" customHeight="1">
+      <c r="E810" s="80"/>
+    </row>
+    <row r="811" ht="14.25" customHeight="1">
+      <c r="E811" s="80"/>
+    </row>
+    <row r="812" ht="14.25" customHeight="1">
+      <c r="E812" s="80"/>
+    </row>
+    <row r="813" ht="14.25" customHeight="1">
+      <c r="E813" s="80"/>
+    </row>
+    <row r="814" ht="14.25" customHeight="1">
+      <c r="E814" s="80"/>
+    </row>
+    <row r="815" ht="14.25" customHeight="1">
+      <c r="E815" s="80"/>
+    </row>
+    <row r="816" ht="14.25" customHeight="1">
+      <c r="E816" s="80"/>
+    </row>
+    <row r="817" ht="14.25" customHeight="1">
+      <c r="E817" s="80"/>
+    </row>
+    <row r="818" ht="14.25" customHeight="1">
+      <c r="E818" s="80"/>
+    </row>
+    <row r="819" ht="14.25" customHeight="1">
+      <c r="E819" s="80"/>
+    </row>
+    <row r="820" ht="14.25" customHeight="1">
+      <c r="E820" s="80"/>
+    </row>
+    <row r="821" ht="14.25" customHeight="1">
+      <c r="E821" s="80"/>
+    </row>
+    <row r="822" ht="14.25" customHeight="1">
+      <c r="E822" s="80"/>
+    </row>
+    <row r="823" ht="14.25" customHeight="1">
+      <c r="E823" s="80"/>
+    </row>
+    <row r="824" ht="14.25" customHeight="1">
+      <c r="E824" s="80"/>
+    </row>
+    <row r="825" ht="14.25" customHeight="1">
+      <c r="E825" s="80"/>
+    </row>
+    <row r="826" ht="14.25" customHeight="1">
+      <c r="E826" s="80"/>
+    </row>
+    <row r="827" ht="14.25" customHeight="1">
+      <c r="E827" s="80"/>
+    </row>
+    <row r="828" ht="14.25" customHeight="1">
+      <c r="E828" s="80"/>
+    </row>
+    <row r="829" ht="14.25" customHeight="1">
+      <c r="E829" s="80"/>
+    </row>
+    <row r="830" ht="14.25" customHeight="1">
+      <c r="E830" s="80"/>
+    </row>
+    <row r="831" ht="14.25" customHeight="1">
+      <c r="E831" s="80"/>
+    </row>
+    <row r="832" ht="14.25" customHeight="1">
+      <c r="E832" s="80"/>
+    </row>
+    <row r="833" ht="14.25" customHeight="1">
+      <c r="E833" s="80"/>
+    </row>
+    <row r="834" ht="14.25" customHeight="1">
+      <c r="E834" s="80"/>
+    </row>
+    <row r="835" ht="14.25" customHeight="1">
+      <c r="E835" s="80"/>
+    </row>
+    <row r="836" ht="14.25" customHeight="1">
+      <c r="E836" s="80"/>
+    </row>
+    <row r="837" ht="14.25" customHeight="1">
+      <c r="E837" s="80"/>
+    </row>
+    <row r="838" ht="14.25" customHeight="1">
+      <c r="E838" s="80"/>
+    </row>
+    <row r="839" ht="14.25" customHeight="1">
+      <c r="E839" s="80"/>
+    </row>
+    <row r="840" ht="14.25" customHeight="1">
+      <c r="E840" s="80"/>
+    </row>
+    <row r="841" ht="14.25" customHeight="1">
+      <c r="E841" s="80"/>
+    </row>
+    <row r="842" ht="14.25" customHeight="1">
+      <c r="E842" s="80"/>
+    </row>
+    <row r="843" ht="14.25" customHeight="1">
+      <c r="E843" s="80"/>
+    </row>
+    <row r="844" ht="14.25" customHeight="1">
+      <c r="E844" s="80"/>
+    </row>
+    <row r="845" ht="14.25" customHeight="1">
+      <c r="E845" s="80"/>
+    </row>
+    <row r="846" ht="14.25" customHeight="1">
+      <c r="E846" s="80"/>
+    </row>
+    <row r="847" ht="14.25" customHeight="1">
+      <c r="E847" s="80"/>
+    </row>
+    <row r="848" ht="14.25" customHeight="1">
+      <c r="E848" s="80"/>
+    </row>
+    <row r="849" ht="14.25" customHeight="1">
+      <c r="E849" s="80"/>
+    </row>
+    <row r="850" ht="14.25" customHeight="1">
+      <c r="E850" s="80"/>
+    </row>
+    <row r="851" ht="14.25" customHeight="1">
+      <c r="E851" s="80"/>
+    </row>
+    <row r="852" ht="14.25" customHeight="1">
+      <c r="E852" s="80"/>
+    </row>
+    <row r="853" ht="14.25" customHeight="1">
+      <c r="E853" s="80"/>
+    </row>
+    <row r="854" ht="14.25" customHeight="1">
+      <c r="E854" s="80"/>
+    </row>
+    <row r="855" ht="14.25" customHeight="1">
+      <c r="E855" s="80"/>
+    </row>
+    <row r="856" ht="14.25" customHeight="1">
+      <c r="E856" s="80"/>
+    </row>
+    <row r="857" ht="14.25" customHeight="1">
+      <c r="E857" s="80"/>
+    </row>
+    <row r="858" ht="14.25" customHeight="1">
+      <c r="E858" s="80"/>
+    </row>
+    <row r="859" ht="14.25" customHeight="1">
+      <c r="E859" s="80"/>
+    </row>
+    <row r="860" ht="14.25" customHeight="1">
+      <c r="E860" s="80"/>
+    </row>
+    <row r="861" ht="14.25" customHeight="1">
+      <c r="E861" s="80"/>
+    </row>
+    <row r="862" ht="14.25" customHeight="1">
+      <c r="E862" s="80"/>
+    </row>
+    <row r="863" ht="14.25" customHeight="1">
+      <c r="E863" s="80"/>
+    </row>
+    <row r="864" ht="14.25" customHeight="1">
+      <c r="E864" s="80"/>
+    </row>
+    <row r="865" ht="14.25" customHeight="1">
+      <c r="E865" s="80"/>
+    </row>
+    <row r="866" ht="14.25" customHeight="1">
+      <c r="E866" s="80"/>
+    </row>
+    <row r="867" ht="14.25" customHeight="1">
+      <c r="E867" s="80"/>
+    </row>
+    <row r="868" ht="14.25" customHeight="1">
+      <c r="E868" s="80"/>
+    </row>
+    <row r="869" ht="14.25" customHeight="1">
+      <c r="E869" s="80"/>
+    </row>
+    <row r="870" ht="14.25" customHeight="1">
+      <c r="E870" s="80"/>
+    </row>
+    <row r="871" ht="14.25" customHeight="1">
+      <c r="E871" s="80"/>
+    </row>
+    <row r="872" ht="14.25" customHeight="1">
+      <c r="E872" s="80"/>
+    </row>
+    <row r="873" ht="14.25" customHeight="1">
+      <c r="E873" s="80"/>
+    </row>
+    <row r="874" ht="14.25" customHeight="1">
+      <c r="E874" s="80"/>
+    </row>
+    <row r="875" ht="14.25" customHeight="1">
+      <c r="E875" s="80"/>
+    </row>
+    <row r="876" ht="14.25" customHeight="1">
+      <c r="E876" s="80"/>
+    </row>
+    <row r="877" ht="14.25" customHeight="1">
+      <c r="E877" s="80"/>
+    </row>
+    <row r="878" ht="14.25" customHeight="1">
+      <c r="E878" s="80"/>
+    </row>
+    <row r="879" ht="14.25" customHeight="1">
+      <c r="E879" s="80"/>
+    </row>
+    <row r="880" ht="14.25" customHeight="1">
+      <c r="E880" s="80"/>
+    </row>
+    <row r="881" ht="14.25" customHeight="1">
+      <c r="E881" s="80"/>
+    </row>
+    <row r="882" ht="14.25" customHeight="1">
+      <c r="E882" s="80"/>
+    </row>
+    <row r="883" ht="14.25" customHeight="1">
+      <c r="E883" s="80"/>
+    </row>
+    <row r="884" ht="14.25" customHeight="1">
+      <c r="E884" s="80"/>
+    </row>
+    <row r="885" ht="14.25" customHeight="1">
+      <c r="E885" s="80"/>
+    </row>
+    <row r="886" ht="14.25" customHeight="1">
+      <c r="E886" s="80"/>
+    </row>
+    <row r="887" ht="14.25" customHeight="1">
+      <c r="E887" s="80"/>
+    </row>
+    <row r="888" ht="14.25" customHeight="1">
+      <c r="E888" s="80"/>
+    </row>
+    <row r="889" ht="14.25" customHeight="1">
+      <c r="E889" s="80"/>
+    </row>
+    <row r="890" ht="14.25" customHeight="1">
+      <c r="E890" s="80"/>
+    </row>
+    <row r="891" ht="14.25" customHeight="1">
+      <c r="E891" s="80"/>
+    </row>
+    <row r="892" ht="14.25" customHeight="1">
+      <c r="E892" s="80"/>
+    </row>
+    <row r="893" ht="14.25" customHeight="1">
+      <c r="E893" s="80"/>
+    </row>
+    <row r="894" ht="14.25" customHeight="1">
+      <c r="E894" s="80"/>
+    </row>
+    <row r="895" ht="14.25" customHeight="1">
+      <c r="E895" s="80"/>
+    </row>
+    <row r="896" ht="14.25" customHeight="1">
+      <c r="E896" s="80"/>
+    </row>
+    <row r="897" ht="14.25" customHeight="1">
+      <c r="E897" s="80"/>
+    </row>
+    <row r="898" ht="14.25" customHeight="1">
+      <c r="E898" s="80"/>
+    </row>
+    <row r="899" ht="14.25" customHeight="1">
+      <c r="E899" s="80"/>
+    </row>
+    <row r="900" ht="14.25" customHeight="1">
+      <c r="E900" s="80"/>
+    </row>
+    <row r="901" ht="14.25" customHeight="1">
+      <c r="E901" s="80"/>
+    </row>
+    <row r="902" ht="14.25" customHeight="1">
+      <c r="E902" s="80"/>
+    </row>
+    <row r="903" ht="14.25" customHeight="1">
+      <c r="E903" s="80"/>
+    </row>
+    <row r="904" ht="14.25" customHeight="1">
+      <c r="E904" s="80"/>
+    </row>
+    <row r="905" ht="14.25" customHeight="1">
+      <c r="E905" s="80"/>
+    </row>
+    <row r="906" ht="14.25" customHeight="1">
+      <c r="E906" s="80"/>
+    </row>
+    <row r="907" ht="14.25" customHeight="1">
+      <c r="E907" s="80"/>
+    </row>
+    <row r="908" ht="14.25" customHeight="1">
+      <c r="E908" s="80"/>
+    </row>
+    <row r="909" ht="14.25" customHeight="1">
+      <c r="E909" s="80"/>
+    </row>
+    <row r="910" ht="14.25" customHeight="1">
+      <c r="E910" s="80"/>
+    </row>
+    <row r="911" ht="14.25" customHeight="1">
+      <c r="E911" s="80"/>
+    </row>
+    <row r="912" ht="14.25" customHeight="1">
+      <c r="E912" s="80"/>
+    </row>
+    <row r="913" ht="14.25" customHeight="1">
+      <c r="E913" s="80"/>
+    </row>
+    <row r="914" ht="14.25" customHeight="1">
+      <c r="E914" s="80"/>
+    </row>
+    <row r="915" ht="14.25" customHeight="1">
+      <c r="E915" s="80"/>
+    </row>
+    <row r="916" ht="14.25" customHeight="1">
+      <c r="E916" s="80"/>
+    </row>
+    <row r="917" ht="14.25" customHeight="1">
+      <c r="E917" s="80"/>
+    </row>
+    <row r="918" ht="14.25" customHeight="1">
+      <c r="E918" s="80"/>
+    </row>
+    <row r="919" ht="14.25" customHeight="1">
+      <c r="E919" s="80"/>
+    </row>
+    <row r="920" ht="14.25" customHeight="1">
+      <c r="E920" s="80"/>
+    </row>
+    <row r="921" ht="14.25" customHeight="1">
+      <c r="E921" s="80"/>
+    </row>
+    <row r="922" ht="14.25" customHeight="1">
+      <c r="E922" s="80"/>
+    </row>
+    <row r="923" ht="14.25" customHeight="1">
+      <c r="E923" s="80"/>
+    </row>
+    <row r="924" ht="14.25" customHeight="1">
+      <c r="E924" s="80"/>
+    </row>
+    <row r="925" ht="14.25" customHeight="1">
+      <c r="E925" s="80"/>
+    </row>
+    <row r="926" ht="14.25" customHeight="1">
+      <c r="E926" s="80"/>
+    </row>
+    <row r="927" ht="14.25" customHeight="1">
+      <c r="E927" s="80"/>
+    </row>
+    <row r="928" ht="14.25" customHeight="1">
+      <c r="E928" s="80"/>
+    </row>
+    <row r="929" ht="14.25" customHeight="1">
+      <c r="E929" s="80"/>
+    </row>
+    <row r="930" ht="14.25" customHeight="1">
+      <c r="E930" s="80"/>
+    </row>
+    <row r="931" ht="14.25" customHeight="1">
+      <c r="E931" s="80"/>
+    </row>
+    <row r="932" ht="14.25" customHeight="1">
+      <c r="E932" s="80"/>
+    </row>
+    <row r="933" ht="14.25" customHeight="1">
+      <c r="E933" s="80"/>
+    </row>
+    <row r="934" ht="14.25" customHeight="1">
+      <c r="E934" s="80"/>
+    </row>
+    <row r="935" ht="14.25" customHeight="1">
+      <c r="E935" s="80"/>
+    </row>
+    <row r="936" ht="14.25" customHeight="1">
+      <c r="E936" s="80"/>
+    </row>
+    <row r="937" ht="14.25" customHeight="1">
+      <c r="E937" s="80"/>
+    </row>
+    <row r="938" ht="14.25" customHeight="1">
+      <c r="E938" s="80"/>
+    </row>
+    <row r="939" ht="14.25" customHeight="1">
+      <c r="E939" s="80"/>
+    </row>
+    <row r="940" ht="14.25" customHeight="1">
+      <c r="E940" s="80"/>
+    </row>
+    <row r="941" ht="14.25" customHeight="1">
+      <c r="E941" s="80"/>
+    </row>
+    <row r="942" ht="14.25" customHeight="1">
+      <c r="E942" s="80"/>
+    </row>
+    <row r="943" ht="14.25" customHeight="1">
+      <c r="E943" s="80"/>
+    </row>
+    <row r="944" ht="14.25" customHeight="1">
+      <c r="E944" s="80"/>
+    </row>
+    <row r="945" ht="14.25" customHeight="1">
+      <c r="E945" s="80"/>
+    </row>
+    <row r="946" ht="14.25" customHeight="1">
+      <c r="E946" s="80"/>
+    </row>
+    <row r="947" ht="14.25" customHeight="1">
+      <c r="E947" s="80"/>
+    </row>
+    <row r="948" ht="14.25" customHeight="1">
+      <c r="E948" s="80"/>
+    </row>
+    <row r="949" ht="14.25" customHeight="1">
+      <c r="E949" s="80"/>
+    </row>
+    <row r="950" ht="14.25" customHeight="1">
+      <c r="E950" s="80"/>
+    </row>
+    <row r="951" ht="14.25" customHeight="1">
+      <c r="E951" s="80"/>
+    </row>
+    <row r="952" ht="14.25" customHeight="1">
+      <c r="E952" s="80"/>
+    </row>
+    <row r="953" ht="14.25" customHeight="1">
+      <c r="E953" s="80"/>
+    </row>
+    <row r="954" ht="14.25" customHeight="1">
+      <c r="E954" s="80"/>
+    </row>
+    <row r="955" ht="14.25" customHeight="1">
+      <c r="E955" s="80"/>
+    </row>
+    <row r="956" ht="14.25" customHeight="1">
+      <c r="E956" s="80"/>
+    </row>
+    <row r="957" ht="14.25" customHeight="1">
+      <c r="E957" s="80"/>
+    </row>
+    <row r="958" ht="14.25" customHeight="1">
+      <c r="E958" s="80"/>
+    </row>
+    <row r="959" ht="14.25" customHeight="1">
+      <c r="E959" s="80"/>
+    </row>
+    <row r="960" ht="14.25" customHeight="1">
+      <c r="E960" s="80"/>
+    </row>
+    <row r="961" ht="14.25" customHeight="1">
+      <c r="E961" s="80"/>
+    </row>
+    <row r="962" ht="14.25" customHeight="1">
+      <c r="E962" s="80"/>
+    </row>
+    <row r="963" ht="14.25" customHeight="1">
+      <c r="E963" s="80"/>
+    </row>
+    <row r="964" ht="14.25" customHeight="1">
+      <c r="E964" s="80"/>
+    </row>
+    <row r="965" ht="14.25" customHeight="1">
+      <c r="E965" s="80"/>
+    </row>
+    <row r="966" ht="14.25" customHeight="1">
+      <c r="E966" s="80"/>
+    </row>
+    <row r="967" ht="14.25" customHeight="1">
+      <c r="E967" s="80"/>
+    </row>
+    <row r="968" ht="14.25" customHeight="1">
+      <c r="E968" s="80"/>
+    </row>
+    <row r="969" ht="14.25" customHeight="1">
+      <c r="E969" s="80"/>
+    </row>
+    <row r="970" ht="14.25" customHeight="1">
+      <c r="E970" s="80"/>
+    </row>
+    <row r="971" ht="14.25" customHeight="1">
+      <c r="E971" s="80"/>
+    </row>
+    <row r="972" ht="14.25" customHeight="1">
+      <c r="E972" s="80"/>
+    </row>
+    <row r="973" ht="14.25" customHeight="1">
+      <c r="E973" s="80"/>
+    </row>
+    <row r="974" ht="14.25" customHeight="1">
+      <c r="E974" s="80"/>
+    </row>
+    <row r="975" ht="14.25" customHeight="1">
+      <c r="E975" s="80"/>
+    </row>
+    <row r="976" ht="14.25" customHeight="1">
+      <c r="E976" s="80"/>
+    </row>
+    <row r="977" ht="14.25" customHeight="1">
+      <c r="E977" s="80"/>
+    </row>
+    <row r="978" ht="14.25" customHeight="1">
+      <c r="E978" s="80"/>
+    </row>
+    <row r="979" ht="14.25" customHeight="1">
+      <c r="E979" s="80"/>
+    </row>
+    <row r="980" ht="14.25" customHeight="1">
+      <c r="E980" s="80"/>
+    </row>
+    <row r="981" ht="14.25" customHeight="1">
+      <c r="E981" s="80"/>
+    </row>
+    <row r="982" ht="14.25" customHeight="1">
+      <c r="E982" s="80"/>
+    </row>
+    <row r="983" ht="14.25" customHeight="1">
+      <c r="E983" s="80"/>
+    </row>
+    <row r="984" ht="14.25" customHeight="1">
+      <c r="E984" s="80"/>
+    </row>
+    <row r="985" ht="14.25" customHeight="1">
+      <c r="E985" s="80"/>
+    </row>
+    <row r="986" ht="14.25" customHeight="1">
+      <c r="E986" s="80"/>
+    </row>
+    <row r="987" ht="14.25" customHeight="1">
+      <c r="E987" s="80"/>
+    </row>
+    <row r="988" ht="14.25" customHeight="1">
+      <c r="E988" s="80"/>
+    </row>
+    <row r="989" ht="14.25" customHeight="1">
+      <c r="E989" s="80"/>
+    </row>
+    <row r="990" ht="14.25" customHeight="1">
+      <c r="E990" s="80"/>
+    </row>
+    <row r="991" ht="14.25" customHeight="1">
+      <c r="E991" s="80"/>
+    </row>
+    <row r="992" ht="14.25" customHeight="1">
+      <c r="E992" s="80"/>
+    </row>
+    <row r="993" ht="14.25" customHeight="1">
+      <c r="E993" s="80"/>
+    </row>
+    <row r="994" ht="14.25" customHeight="1">
+      <c r="E994" s="80"/>
+    </row>
+    <row r="995" ht="14.25" customHeight="1">
+      <c r="E995" s="80"/>
+    </row>
+    <row r="996" ht="14.25" customHeight="1">
+      <c r="E996" s="80"/>
+    </row>
+    <row r="997" ht="14.25" customHeight="1">
+      <c r="E997" s="80"/>
+    </row>
+    <row r="998" ht="14.25" customHeight="1">
+      <c r="E998" s="80"/>
     </row>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
+  <printOptions/>
+  <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.7" right="0.7" top="0.75"/>
   <pageSetup paperSize="9" orientation="portrait"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:G995"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+  <sheetPr>
+    <pageSetUpPr/>
+  </sheetPr>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.59765625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.0"/>
   <cols>
-    <col min="1" max="1" width="11.59765625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="26" width="8.59765625" customWidth="1"/>
+    <col customWidth="1" min="1" max="1" width="11.63"/>
+    <col customWidth="1" min="2" max="2" width="25.0"/>
+    <col customWidth="1" min="3" max="3" width="11.88"/>
+    <col customWidth="1" min="4" max="4" width="9.0"/>
+    <col customWidth="1" min="5" max="5" width="19.0"/>
+    <col customWidth="1" min="6" max="6" width="21.13"/>
+    <col customWidth="1" min="7" max="7" width="18.75"/>
+    <col customWidth="1" min="8" max="8" width="14.0"/>
+    <col customWidth="1" min="9" max="26" width="8.63"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C1" s="76" t="s">
+    <row r="1" ht="14.25" customHeight="1">
+      <c r="A1" s="81" t="s">
+        <v>87</v>
+      </c>
+      <c r="B1" s="81" t="s">
+        <v>88</v>
+      </c>
+      <c r="C1" s="81" t="s">
         <v>10</v>
       </c>
-      <c r="D1" s="76" t="s">
-[...13 lines deleted...]
-      <c r="A2" s="77" t="s">
+      <c r="D1" s="81" t="s">
+        <v>89</v>
+      </c>
+      <c r="E1" s="81" t="s">
+        <v>90</v>
+      </c>
+      <c r="F1" s="81" t="s">
+        <v>91</v>
+      </c>
+      <c r="G1" s="81" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="2" ht="14.25" customHeight="1">
+      <c r="A2" s="82" t="s">
+        <v>93</v>
+      </c>
+      <c r="B2" s="82" t="s">
+        <v>94</v>
+      </c>
+      <c r="C2" s="82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" s="82" t="s">
+        <v>22</v>
+      </c>
+      <c r="E2" s="82" t="s">
+        <v>95</v>
+      </c>
+      <c r="F2" s="82" t="s">
+        <v>96</v>
+      </c>
+      <c r="G2" s="82" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="3" ht="14.25" customHeight="1">
+      <c r="A3" s="83" t="s">
+        <v>97</v>
+      </c>
+      <c r="B3" s="83" t="s">
+        <v>98</v>
+      </c>
+      <c r="C3" s="83" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" s="83" t="s">
+        <v>22</v>
+      </c>
+      <c r="E3" s="83" t="s">
+        <v>99</v>
+      </c>
+      <c r="F3" s="83" t="s">
+        <v>100</v>
+      </c>
+      <c r="G3" s="83" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="4" ht="14.25" customHeight="1">
+      <c r="A4" s="82" t="s">
+        <v>101</v>
+      </c>
+      <c r="B4" s="82" t="s">
+        <v>94</v>
+      </c>
+      <c r="C4" s="82" t="s">
+        <v>35</v>
+      </c>
+      <c r="D4" s="82" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" s="82" t="s">
+        <v>95</v>
+      </c>
+      <c r="F4" s="82" t="s">
+        <v>102</v>
+      </c>
+      <c r="G4" s="82" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="5" ht="14.25" customHeight="1">
+      <c r="A5" s="82" t="s">
+        <v>104</v>
+      </c>
+      <c r="B5" s="82" t="s">
+        <v>94</v>
+      </c>
+      <c r="C5" s="82" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" s="82" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" s="82" t="s">
+        <v>95</v>
+      </c>
+      <c r="F5" s="82" t="s">
+        <v>105</v>
+      </c>
+      <c r="G5" s="82" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" ht="14.25" customHeight="1">
+      <c r="A6" s="84" t="s">
+        <v>106</v>
+      </c>
+      <c r="B6" s="84" t="s">
+        <v>98</v>
+      </c>
+      <c r="C6" s="84" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" s="84" t="s">
+        <v>64</v>
+      </c>
+      <c r="E6" s="84" t="s">
+        <v>99</v>
+      </c>
+      <c r="F6" s="84" t="s">
+        <v>107</v>
+      </c>
+      <c r="G6" s="84" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="7" ht="14.25" customHeight="1">
+      <c r="A7" s="84" t="s">
+        <v>108</v>
+      </c>
+      <c r="B7" s="84" t="s">
+        <v>94</v>
+      </c>
+      <c r="C7" s="84" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" s="84" t="s">
+        <v>109</v>
+      </c>
+      <c r="E7" s="84" t="s">
+        <v>95</v>
+      </c>
+      <c r="F7" s="84" t="s">
+        <v>110</v>
+      </c>
+      <c r="G7" s="84" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="8" ht="14.25" customHeight="1">
+      <c r="A8" s="83" t="s">
+        <v>111</v>
+      </c>
+      <c r="B8" s="83" t="s">
+        <v>98</v>
+      </c>
+      <c r="C8" s="83" t="s">
+        <v>56</v>
+      </c>
+      <c r="D8" s="83" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" s="83" t="s">
+        <v>99</v>
+      </c>
+      <c r="F8" s="83" t="s">
+        <v>112</v>
+      </c>
+      <c r="G8" s="83" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="9" ht="14.25" customHeight="1">
+      <c r="A9" s="82" t="s">
+        <v>113</v>
+      </c>
+      <c r="B9" s="82" t="s">
+        <v>94</v>
+      </c>
+      <c r="C9" s="82" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" s="82" t="s">
+        <v>37</v>
+      </c>
+      <c r="E9" s="82" t="s">
+        <v>95</v>
+      </c>
+      <c r="F9" s="82" t="s">
+        <v>114</v>
+      </c>
+      <c r="G9" s="82" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="10" ht="14.25" customHeight="1">
+      <c r="A10" s="83" t="s">
+        <v>115</v>
+      </c>
+      <c r="B10" s="83" t="s">
+        <v>98</v>
+      </c>
+      <c r="C10" s="83" t="s">
+        <v>62</v>
+      </c>
+      <c r="D10" s="83" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" s="83" t="s">
+        <v>99</v>
+      </c>
+      <c r="F10" s="83" t="s">
+        <v>116</v>
+      </c>
+      <c r="G10" s="83" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="11" ht="14.25" customHeight="1">
+      <c r="A11" s="83" t="s">
+        <v>117</v>
+      </c>
+      <c r="B11" s="83" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" s="83" t="s">
+        <v>118</v>
+      </c>
+      <c r="D11" s="83" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" s="83" t="s">
+        <v>99</v>
+      </c>
+      <c r="F11" s="83" t="s">
+        <v>119</v>
+      </c>
+      <c r="G11" s="83" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="12" ht="14.25" customHeight="1">
+      <c r="A12" s="82" t="s">
+        <v>120</v>
+      </c>
+      <c r="B12" s="82" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" s="82" t="s">
+        <v>65</v>
+      </c>
+      <c r="D12" s="82" t="s">
+        <v>64</v>
+      </c>
+      <c r="E12" s="82" t="s">
+        <v>95</v>
+      </c>
+      <c r="F12" s="82" t="s">
+        <v>119</v>
+      </c>
+      <c r="G12" s="82" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="13" ht="14.25" customHeight="1">
+      <c r="A13" s="82" t="s">
+        <v>121</v>
+      </c>
+      <c r="B13" s="82" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" s="82" t="s">
+        <v>70</v>
+      </c>
+      <c r="D13" s="82" t="s">
+        <v>64</v>
+      </c>
+      <c r="E13" s="82" t="s">
+        <v>95</v>
+      </c>
+      <c r="F13" s="82" t="s">
+        <v>122</v>
+      </c>
+      <c r="G13" s="82" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="14" ht="14.25" customHeight="1">
+      <c r="A14" s="83" t="s">
+        <v>123</v>
+      </c>
+      <c r="B14" s="83" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" s="83" t="s">
+        <v>72</v>
+      </c>
+      <c r="D14" s="83" t="s">
+        <v>22</v>
+      </c>
+      <c r="E14" s="83" t="s">
+        <v>99</v>
+      </c>
+      <c r="F14" s="83" t="s">
+        <v>124</v>
+      </c>
+      <c r="G14" s="83" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="15" ht="14.25" customHeight="1">
+      <c r="A15" s="83" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" s="83" t="s">
+        <v>98</v>
+      </c>
+      <c r="C15" s="83" t="s">
+        <v>75</v>
+      </c>
+      <c r="D15" s="83" t="s">
+        <v>22</v>
+      </c>
+      <c r="E15" s="83" t="s">
+        <v>99</v>
+      </c>
+      <c r="F15" s="83" t="s">
+        <v>126</v>
+      </c>
+      <c r="G15" s="83" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="16" ht="14.25" customHeight="1">
+      <c r="A16" s="83" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" s="83" t="s">
+        <v>98</v>
+      </c>
+      <c r="C16" s="83" t="s">
         <v>82</v>
       </c>
-      <c r="B2" s="77" t="s">
-[...5 lines deleted...]
-      <c r="D2" s="77" t="s">
+      <c r="D16" s="83" t="s">
         <v>22</v>
       </c>
-      <c r="E2" s="77" t="s">
-[...5 lines deleted...]
-      <c r="G2" s="77" t="s">
+      <c r="E16" s="83" t="s">
+        <v>99</v>
+      </c>
+      <c r="F16" s="83" t="s">
+        <v>110</v>
+      </c>
+      <c r="G16" s="83" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="3" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1299 lines deleted...]
-    <row r="995" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="17" ht="14.25" customHeight="1"/>
+    <row r="18" ht="14.25" customHeight="1"/>
+    <row r="19" ht="14.25" customHeight="1"/>
+    <row r="20" ht="14.25" customHeight="1"/>
+    <row r="21" ht="14.25" customHeight="1"/>
+    <row r="22" ht="14.25" customHeight="1"/>
+    <row r="23" ht="14.25" customHeight="1"/>
+    <row r="24" ht="14.25" customHeight="1"/>
+    <row r="25" ht="14.25" customHeight="1"/>
+    <row r="26" ht="14.25" customHeight="1"/>
+    <row r="27" ht="14.25" customHeight="1"/>
+    <row r="28" ht="14.25" customHeight="1"/>
+    <row r="29" ht="14.25" customHeight="1"/>
+    <row r="30" ht="14.25" customHeight="1"/>
+    <row r="31" ht="14.25" customHeight="1"/>
+    <row r="32" ht="14.25" customHeight="1"/>
+    <row r="33" ht="14.25" customHeight="1"/>
+    <row r="34" ht="14.25" customHeight="1"/>
+    <row r="35" ht="14.25" customHeight="1"/>
+    <row r="36" ht="14.25" customHeight="1"/>
+    <row r="37" ht="14.25" customHeight="1"/>
+    <row r="38" ht="14.25" customHeight="1"/>
+    <row r="39" ht="14.25" customHeight="1"/>
+    <row r="40" ht="14.25" customHeight="1"/>
+    <row r="41" ht="14.25" customHeight="1"/>
+    <row r="42" ht="14.25" customHeight="1"/>
+    <row r="43" ht="14.25" customHeight="1"/>
+    <row r="44" ht="14.25" customHeight="1"/>
+    <row r="45" ht="14.25" customHeight="1"/>
+    <row r="46" ht="14.25" customHeight="1"/>
+    <row r="47" ht="14.25" customHeight="1"/>
+    <row r="48" ht="14.25" customHeight="1"/>
+    <row r="49" ht="14.25" customHeight="1"/>
+    <row r="50" ht="14.25" customHeight="1"/>
+    <row r="51" ht="14.25" customHeight="1"/>
+    <row r="52" ht="14.25" customHeight="1"/>
+    <row r="53" ht="14.25" customHeight="1"/>
+    <row r="54" ht="14.25" customHeight="1"/>
+    <row r="55" ht="14.25" customHeight="1"/>
+    <row r="56" ht="14.25" customHeight="1"/>
+    <row r="57" ht="14.25" customHeight="1"/>
+    <row r="58" ht="14.25" customHeight="1"/>
+    <row r="59" ht="14.25" customHeight="1"/>
+    <row r="60" ht="14.25" customHeight="1"/>
+    <row r="61" ht="14.25" customHeight="1"/>
+    <row r="62" ht="14.25" customHeight="1"/>
+    <row r="63" ht="14.25" customHeight="1"/>
+    <row r="64" ht="14.25" customHeight="1"/>
+    <row r="65" ht="14.25" customHeight="1"/>
+    <row r="66" ht="14.25" customHeight="1"/>
+    <row r="67" ht="14.25" customHeight="1"/>
+    <row r="68" ht="14.25" customHeight="1"/>
+    <row r="69" ht="14.25" customHeight="1"/>
+    <row r="70" ht="14.25" customHeight="1"/>
+    <row r="71" ht="14.25" customHeight="1"/>
+    <row r="72" ht="14.25" customHeight="1"/>
+    <row r="73" ht="14.25" customHeight="1"/>
+    <row r="74" ht="14.25" customHeight="1"/>
+    <row r="75" ht="14.25" customHeight="1"/>
+    <row r="76" ht="14.25" customHeight="1"/>
+    <row r="77" ht="14.25" customHeight="1"/>
+    <row r="78" ht="14.25" customHeight="1"/>
+    <row r="79" ht="14.25" customHeight="1"/>
+    <row r="80" ht="14.25" customHeight="1"/>
+    <row r="81" ht="14.25" customHeight="1"/>
+    <row r="82" ht="14.25" customHeight="1"/>
+    <row r="83" ht="14.25" customHeight="1"/>
+    <row r="84" ht="14.25" customHeight="1"/>
+    <row r="85" ht="14.25" customHeight="1"/>
+    <row r="86" ht="14.25" customHeight="1"/>
+    <row r="87" ht="14.25" customHeight="1"/>
+    <row r="88" ht="14.25" customHeight="1"/>
+    <row r="89" ht="14.25" customHeight="1"/>
+    <row r="90" ht="14.25" customHeight="1"/>
+    <row r="91" ht="14.25" customHeight="1"/>
+    <row r="92" ht="14.25" customHeight="1"/>
+    <row r="93" ht="14.25" customHeight="1"/>
+    <row r="94" ht="14.25" customHeight="1"/>
+    <row r="95" ht="14.25" customHeight="1"/>
+    <row r="96" ht="14.25" customHeight="1"/>
+    <row r="97" ht="14.25" customHeight="1"/>
+    <row r="98" ht="14.25" customHeight="1"/>
+    <row r="99" ht="14.25" customHeight="1"/>
+    <row r="100" ht="14.25" customHeight="1"/>
+    <row r="101" ht="14.25" customHeight="1"/>
+    <row r="102" ht="14.25" customHeight="1"/>
+    <row r="103" ht="14.25" customHeight="1"/>
+    <row r="104" ht="14.25" customHeight="1"/>
+    <row r="105" ht="14.25" customHeight="1"/>
+    <row r="106" ht="14.25" customHeight="1"/>
+    <row r="107" ht="14.25" customHeight="1"/>
+    <row r="108" ht="14.25" customHeight="1"/>
+    <row r="109" ht="14.25" customHeight="1"/>
+    <row r="110" ht="14.25" customHeight="1"/>
+    <row r="111" ht="14.25" customHeight="1"/>
+    <row r="112" ht="14.25" customHeight="1"/>
+    <row r="113" ht="14.25" customHeight="1"/>
+    <row r="114" ht="14.25" customHeight="1"/>
+    <row r="115" ht="14.25" customHeight="1"/>
+    <row r="116" ht="14.25" customHeight="1"/>
+    <row r="117" ht="14.25" customHeight="1"/>
+    <row r="118" ht="14.25" customHeight="1"/>
+    <row r="119" ht="14.25" customHeight="1"/>
+    <row r="120" ht="14.25" customHeight="1"/>
+    <row r="121" ht="14.25" customHeight="1"/>
+    <row r="122" ht="14.25" customHeight="1"/>
+    <row r="123" ht="14.25" customHeight="1"/>
+    <row r="124" ht="14.25" customHeight="1"/>
+    <row r="125" ht="14.25" customHeight="1"/>
+    <row r="126" ht="14.25" customHeight="1"/>
+    <row r="127" ht="14.25" customHeight="1"/>
+    <row r="128" ht="14.25" customHeight="1"/>
+    <row r="129" ht="14.25" customHeight="1"/>
+    <row r="130" ht="14.25" customHeight="1"/>
+    <row r="131" ht="14.25" customHeight="1"/>
+    <row r="132" ht="14.25" customHeight="1"/>
+    <row r="133" ht="14.25" customHeight="1"/>
+    <row r="134" ht="14.25" customHeight="1"/>
+    <row r="135" ht="14.25" customHeight="1"/>
+    <row r="136" ht="14.25" customHeight="1"/>
+    <row r="137" ht="14.25" customHeight="1"/>
+    <row r="138" ht="14.25" customHeight="1"/>
+    <row r="139" ht="14.25" customHeight="1"/>
+    <row r="140" ht="14.25" customHeight="1"/>
+    <row r="141" ht="14.25" customHeight="1"/>
+    <row r="142" ht="14.25" customHeight="1"/>
+    <row r="143" ht="14.25" customHeight="1"/>
+    <row r="144" ht="14.25" customHeight="1"/>
+    <row r="145" ht="14.25" customHeight="1"/>
+    <row r="146" ht="14.25" customHeight="1"/>
+    <row r="147" ht="14.25" customHeight="1"/>
+    <row r="148" ht="14.25" customHeight="1"/>
+    <row r="149" ht="14.25" customHeight="1"/>
+    <row r="150" ht="14.25" customHeight="1"/>
+    <row r="151" ht="14.25" customHeight="1"/>
+    <row r="152" ht="14.25" customHeight="1"/>
+    <row r="153" ht="14.25" customHeight="1"/>
+    <row r="154" ht="14.25" customHeight="1"/>
+    <row r="155" ht="14.25" customHeight="1"/>
+    <row r="156" ht="14.25" customHeight="1"/>
+    <row r="157" ht="14.25" customHeight="1"/>
+    <row r="158" ht="14.25" customHeight="1"/>
+    <row r="159" ht="14.25" customHeight="1"/>
+    <row r="160" ht="14.25" customHeight="1"/>
+    <row r="161" ht="14.25" customHeight="1"/>
+    <row r="162" ht="14.25" customHeight="1"/>
+    <row r="163" ht="14.25" customHeight="1"/>
+    <row r="164" ht="14.25" customHeight="1"/>
+    <row r="165" ht="14.25" customHeight="1"/>
+    <row r="166" ht="14.25" customHeight="1"/>
+    <row r="167" ht="14.25" customHeight="1"/>
+    <row r="168" ht="14.25" customHeight="1"/>
+    <row r="169" ht="14.25" customHeight="1"/>
+    <row r="170" ht="14.25" customHeight="1"/>
+    <row r="171" ht="14.25" customHeight="1"/>
+    <row r="172" ht="14.25" customHeight="1"/>
+    <row r="173" ht="14.25" customHeight="1"/>
+    <row r="174" ht="14.25" customHeight="1"/>
+    <row r="175" ht="14.25" customHeight="1"/>
+    <row r="176" ht="14.25" customHeight="1"/>
+    <row r="177" ht="14.25" customHeight="1"/>
+    <row r="178" ht="14.25" customHeight="1"/>
+    <row r="179" ht="14.25" customHeight="1"/>
+    <row r="180" ht="14.25" customHeight="1"/>
+    <row r="181" ht="14.25" customHeight="1"/>
+    <row r="182" ht="14.25" customHeight="1"/>
+    <row r="183" ht="14.25" customHeight="1"/>
+    <row r="184" ht="14.25" customHeight="1"/>
+    <row r="185" ht="14.25" customHeight="1"/>
+    <row r="186" ht="14.25" customHeight="1"/>
+    <row r="187" ht="14.25" customHeight="1"/>
+    <row r="188" ht="14.25" customHeight="1"/>
+    <row r="189" ht="14.25" customHeight="1"/>
+    <row r="190" ht="14.25" customHeight="1"/>
+    <row r="191" ht="14.25" customHeight="1"/>
+    <row r="192" ht="14.25" customHeight="1"/>
+    <row r="193" ht="14.25" customHeight="1"/>
+    <row r="194" ht="14.25" customHeight="1"/>
+    <row r="195" ht="14.25" customHeight="1"/>
+    <row r="196" ht="14.25" customHeight="1"/>
+    <row r="197" ht="14.25" customHeight="1"/>
+    <row r="198" ht="14.25" customHeight="1"/>
+    <row r="199" ht="14.25" customHeight="1"/>
+    <row r="200" ht="14.25" customHeight="1"/>
+    <row r="201" ht="14.25" customHeight="1"/>
+    <row r="202" ht="14.25" customHeight="1"/>
+    <row r="203" ht="14.25" customHeight="1"/>
+    <row r="204" ht="14.25" customHeight="1"/>
+    <row r="205" ht="14.25" customHeight="1"/>
+    <row r="206" ht="14.25" customHeight="1"/>
+    <row r="207" ht="14.25" customHeight="1"/>
+    <row r="208" ht="14.25" customHeight="1"/>
+    <row r="209" ht="14.25" customHeight="1"/>
+    <row r="210" ht="14.25" customHeight="1"/>
+    <row r="211" ht="14.25" customHeight="1"/>
+    <row r="212" ht="14.25" customHeight="1"/>
+    <row r="213" ht="14.25" customHeight="1"/>
+    <row r="214" ht="14.25" customHeight="1"/>
+    <row r="215" ht="14.25" customHeight="1"/>
+    <row r="216" ht="14.25" customHeight="1"/>
+    <row r="217" ht="14.25" customHeight="1"/>
+    <row r="218" ht="14.25" customHeight="1"/>
+    <row r="219" ht="14.25" customHeight="1"/>
+    <row r="220" ht="14.25" customHeight="1"/>
+    <row r="221" ht="14.25" customHeight="1"/>
+    <row r="222" ht="14.25" customHeight="1"/>
+    <row r="223" ht="14.25" customHeight="1"/>
+    <row r="224" ht="14.25" customHeight="1"/>
+    <row r="225" ht="14.25" customHeight="1"/>
+    <row r="226" ht="14.25" customHeight="1"/>
+    <row r="227" ht="14.25" customHeight="1"/>
+    <row r="228" ht="14.25" customHeight="1"/>
+    <row r="229" ht="14.25" customHeight="1"/>
+    <row r="230" ht="14.25" customHeight="1"/>
+    <row r="231" ht="14.25" customHeight="1"/>
+    <row r="232" ht="14.25" customHeight="1"/>
+    <row r="233" ht="14.25" customHeight="1"/>
+    <row r="234" ht="14.25" customHeight="1"/>
+    <row r="235" ht="14.25" customHeight="1"/>
+    <row r="236" ht="14.25" customHeight="1"/>
+    <row r="237" ht="14.25" customHeight="1"/>
+    <row r="238" ht="14.25" customHeight="1"/>
+    <row r="239" ht="14.25" customHeight="1"/>
+    <row r="240" ht="14.25" customHeight="1"/>
+    <row r="241" ht="14.25" customHeight="1"/>
+    <row r="242" ht="14.25" customHeight="1"/>
+    <row r="243" ht="14.25" customHeight="1"/>
+    <row r="244" ht="14.25" customHeight="1"/>
+    <row r="245" ht="14.25" customHeight="1"/>
+    <row r="246" ht="14.25" customHeight="1"/>
+    <row r="247" ht="14.25" customHeight="1"/>
+    <row r="248" ht="14.25" customHeight="1"/>
+    <row r="249" ht="14.25" customHeight="1"/>
+    <row r="250" ht="14.25" customHeight="1"/>
+    <row r="251" ht="14.25" customHeight="1"/>
+    <row r="252" ht="14.25" customHeight="1"/>
+    <row r="253" ht="14.25" customHeight="1"/>
+    <row r="254" ht="14.25" customHeight="1"/>
+    <row r="255" ht="14.25" customHeight="1"/>
+    <row r="256" ht="14.25" customHeight="1"/>
+    <row r="257" ht="14.25" customHeight="1"/>
+    <row r="258" ht="14.25" customHeight="1"/>
+    <row r="259" ht="14.25" customHeight="1"/>
+    <row r="260" ht="14.25" customHeight="1"/>
+    <row r="261" ht="14.25" customHeight="1"/>
+    <row r="262" ht="14.25" customHeight="1"/>
+    <row r="263" ht="14.25" customHeight="1"/>
+    <row r="264" ht="14.25" customHeight="1"/>
+    <row r="265" ht="14.25" customHeight="1"/>
+    <row r="266" ht="14.25" customHeight="1"/>
+    <row r="267" ht="14.25" customHeight="1"/>
+    <row r="268" ht="14.25" customHeight="1"/>
+    <row r="269" ht="14.25" customHeight="1"/>
+    <row r="270" ht="14.25" customHeight="1"/>
+    <row r="271" ht="14.25" customHeight="1"/>
+    <row r="272" ht="14.25" customHeight="1"/>
+    <row r="273" ht="14.25" customHeight="1"/>
+    <row r="274" ht="14.25" customHeight="1"/>
+    <row r="275" ht="14.25" customHeight="1"/>
+    <row r="276" ht="14.25" customHeight="1"/>
+    <row r="277" ht="14.25" customHeight="1"/>
+    <row r="278" ht="14.25" customHeight="1"/>
+    <row r="279" ht="14.25" customHeight="1"/>
+    <row r="280" ht="14.25" customHeight="1"/>
+    <row r="281" ht="14.25" customHeight="1"/>
+    <row r="282" ht="14.25" customHeight="1"/>
+    <row r="283" ht="14.25" customHeight="1"/>
+    <row r="284" ht="14.25" customHeight="1"/>
+    <row r="285" ht="14.25" customHeight="1"/>
+    <row r="286" ht="14.25" customHeight="1"/>
+    <row r="287" ht="14.25" customHeight="1"/>
+    <row r="288" ht="14.25" customHeight="1"/>
+    <row r="289" ht="14.25" customHeight="1"/>
+    <row r="290" ht="14.25" customHeight="1"/>
+    <row r="291" ht="14.25" customHeight="1"/>
+    <row r="292" ht="14.25" customHeight="1"/>
+    <row r="293" ht="14.25" customHeight="1"/>
+    <row r="294" ht="14.25" customHeight="1"/>
+    <row r="295" ht="14.25" customHeight="1"/>
+    <row r="296" ht="14.25" customHeight="1"/>
+    <row r="297" ht="14.25" customHeight="1"/>
+    <row r="298" ht="14.25" customHeight="1"/>
+    <row r="299" ht="14.25" customHeight="1"/>
+    <row r="300" ht="14.25" customHeight="1"/>
+    <row r="301" ht="14.25" customHeight="1"/>
+    <row r="302" ht="14.25" customHeight="1"/>
+    <row r="303" ht="14.25" customHeight="1"/>
+    <row r="304" ht="14.25" customHeight="1"/>
+    <row r="305" ht="14.25" customHeight="1"/>
+    <row r="306" ht="14.25" customHeight="1"/>
+    <row r="307" ht="14.25" customHeight="1"/>
+    <row r="308" ht="14.25" customHeight="1"/>
+    <row r="309" ht="14.25" customHeight="1"/>
+    <row r="310" ht="14.25" customHeight="1"/>
+    <row r="311" ht="14.25" customHeight="1"/>
+    <row r="312" ht="14.25" customHeight="1"/>
+    <row r="313" ht="14.25" customHeight="1"/>
+    <row r="314" ht="14.25" customHeight="1"/>
+    <row r="315" ht="14.25" customHeight="1"/>
+    <row r="316" ht="14.25" customHeight="1"/>
+    <row r="317" ht="14.25" customHeight="1"/>
+    <row r="318" ht="14.25" customHeight="1"/>
+    <row r="319" ht="14.25" customHeight="1"/>
+    <row r="320" ht="14.25" customHeight="1"/>
+    <row r="321" ht="14.25" customHeight="1"/>
+    <row r="322" ht="14.25" customHeight="1"/>
+    <row r="323" ht="14.25" customHeight="1"/>
+    <row r="324" ht="14.25" customHeight="1"/>
+    <row r="325" ht="14.25" customHeight="1"/>
+    <row r="326" ht="14.25" customHeight="1"/>
+    <row r="327" ht="14.25" customHeight="1"/>
+    <row r="328" ht="14.25" customHeight="1"/>
+    <row r="329" ht="14.25" customHeight="1"/>
+    <row r="330" ht="14.25" customHeight="1"/>
+    <row r="331" ht="14.25" customHeight="1"/>
+    <row r="332" ht="14.25" customHeight="1"/>
+    <row r="333" ht="14.25" customHeight="1"/>
+    <row r="334" ht="14.25" customHeight="1"/>
+    <row r="335" ht="14.25" customHeight="1"/>
+    <row r="336" ht="14.25" customHeight="1"/>
+    <row r="337" ht="14.25" customHeight="1"/>
+    <row r="338" ht="14.25" customHeight="1"/>
+    <row r="339" ht="14.25" customHeight="1"/>
+    <row r="340" ht="14.25" customHeight="1"/>
+    <row r="341" ht="14.25" customHeight="1"/>
+    <row r="342" ht="14.25" customHeight="1"/>
+    <row r="343" ht="14.25" customHeight="1"/>
+    <row r="344" ht="14.25" customHeight="1"/>
+    <row r="345" ht="14.25" customHeight="1"/>
+    <row r="346" ht="14.25" customHeight="1"/>
+    <row r="347" ht="14.25" customHeight="1"/>
+    <row r="348" ht="14.25" customHeight="1"/>
+    <row r="349" ht="14.25" customHeight="1"/>
+    <row r="350" ht="14.25" customHeight="1"/>
+    <row r="351" ht="14.25" customHeight="1"/>
+    <row r="352" ht="14.25" customHeight="1"/>
+    <row r="353" ht="14.25" customHeight="1"/>
+    <row r="354" ht="14.25" customHeight="1"/>
+    <row r="355" ht="14.25" customHeight="1"/>
+    <row r="356" ht="14.25" customHeight="1"/>
+    <row r="357" ht="14.25" customHeight="1"/>
+    <row r="358" ht="14.25" customHeight="1"/>
+    <row r="359" ht="14.25" customHeight="1"/>
+    <row r="360" ht="14.25" customHeight="1"/>
+    <row r="361" ht="14.25" customHeight="1"/>
+    <row r="362" ht="14.25" customHeight="1"/>
+    <row r="363" ht="14.25" customHeight="1"/>
+    <row r="364" ht="14.25" customHeight="1"/>
+    <row r="365" ht="14.25" customHeight="1"/>
+    <row r="366" ht="14.25" customHeight="1"/>
+    <row r="367" ht="14.25" customHeight="1"/>
+    <row r="368" ht="14.25" customHeight="1"/>
+    <row r="369" ht="14.25" customHeight="1"/>
+    <row r="370" ht="14.25" customHeight="1"/>
+    <row r="371" ht="14.25" customHeight="1"/>
+    <row r="372" ht="14.25" customHeight="1"/>
+    <row r="373" ht="14.25" customHeight="1"/>
+    <row r="374" ht="14.25" customHeight="1"/>
+    <row r="375" ht="14.25" customHeight="1"/>
+    <row r="376" ht="14.25" customHeight="1"/>
+    <row r="377" ht="14.25" customHeight="1"/>
+    <row r="378" ht="14.25" customHeight="1"/>
+    <row r="379" ht="14.25" customHeight="1"/>
+    <row r="380" ht="14.25" customHeight="1"/>
+    <row r="381" ht="14.25" customHeight="1"/>
+    <row r="382" ht="14.25" customHeight="1"/>
+    <row r="383" ht="14.25" customHeight="1"/>
+    <row r="384" ht="14.25" customHeight="1"/>
+    <row r="385" ht="14.25" customHeight="1"/>
+    <row r="386" ht="14.25" customHeight="1"/>
+    <row r="387" ht="14.25" customHeight="1"/>
+    <row r="388" ht="14.25" customHeight="1"/>
+    <row r="389" ht="14.25" customHeight="1"/>
+    <row r="390" ht="14.25" customHeight="1"/>
+    <row r="391" ht="14.25" customHeight="1"/>
+    <row r="392" ht="14.25" customHeight="1"/>
+    <row r="393" ht="14.25" customHeight="1"/>
+    <row r="394" ht="14.25" customHeight="1"/>
+    <row r="395" ht="14.25" customHeight="1"/>
+    <row r="396" ht="14.25" customHeight="1"/>
+    <row r="397" ht="14.25" customHeight="1"/>
+    <row r="398" ht="14.25" customHeight="1"/>
+    <row r="399" ht="14.25" customHeight="1"/>
+    <row r="400" ht="14.25" customHeight="1"/>
+    <row r="401" ht="14.25" customHeight="1"/>
+    <row r="402" ht="14.25" customHeight="1"/>
+    <row r="403" ht="14.25" customHeight="1"/>
+    <row r="404" ht="14.25" customHeight="1"/>
+    <row r="405" ht="14.25" customHeight="1"/>
+    <row r="406" ht="14.25" customHeight="1"/>
+    <row r="407" ht="14.25" customHeight="1"/>
+    <row r="408" ht="14.25" customHeight="1"/>
+    <row r="409" ht="14.25" customHeight="1"/>
+    <row r="410" ht="14.25" customHeight="1"/>
+    <row r="411" ht="14.25" customHeight="1"/>
+    <row r="412" ht="14.25" customHeight="1"/>
+    <row r="413" ht="14.25" customHeight="1"/>
+    <row r="414" ht="14.25" customHeight="1"/>
+    <row r="415" ht="14.25" customHeight="1"/>
+    <row r="416" ht="14.25" customHeight="1"/>
+    <row r="417" ht="14.25" customHeight="1"/>
+    <row r="418" ht="14.25" customHeight="1"/>
+    <row r="419" ht="14.25" customHeight="1"/>
+    <row r="420" ht="14.25" customHeight="1"/>
+    <row r="421" ht="14.25" customHeight="1"/>
+    <row r="422" ht="14.25" customHeight="1"/>
+    <row r="423" ht="14.25" customHeight="1"/>
+    <row r="424" ht="14.25" customHeight="1"/>
+    <row r="425" ht="14.25" customHeight="1"/>
+    <row r="426" ht="14.25" customHeight="1"/>
+    <row r="427" ht="14.25" customHeight="1"/>
+    <row r="428" ht="14.25" customHeight="1"/>
+    <row r="429" ht="14.25" customHeight="1"/>
+    <row r="430" ht="14.25" customHeight="1"/>
+    <row r="431" ht="14.25" customHeight="1"/>
+    <row r="432" ht="14.25" customHeight="1"/>
+    <row r="433" ht="14.25" customHeight="1"/>
+    <row r="434" ht="14.25" customHeight="1"/>
+    <row r="435" ht="14.25" customHeight="1"/>
+    <row r="436" ht="14.25" customHeight="1"/>
+    <row r="437" ht="14.25" customHeight="1"/>
+    <row r="438" ht="14.25" customHeight="1"/>
+    <row r="439" ht="14.25" customHeight="1"/>
+    <row r="440" ht="14.25" customHeight="1"/>
+    <row r="441" ht="14.25" customHeight="1"/>
+    <row r="442" ht="14.25" customHeight="1"/>
+    <row r="443" ht="14.25" customHeight="1"/>
+    <row r="444" ht="14.25" customHeight="1"/>
+    <row r="445" ht="14.25" customHeight="1"/>
+    <row r="446" ht="14.25" customHeight="1"/>
+    <row r="447" ht="14.25" customHeight="1"/>
+    <row r="448" ht="14.25" customHeight="1"/>
+    <row r="449" ht="14.25" customHeight="1"/>
+    <row r="450" ht="14.25" customHeight="1"/>
+    <row r="451" ht="14.25" customHeight="1"/>
+    <row r="452" ht="14.25" customHeight="1"/>
+    <row r="453" ht="14.25" customHeight="1"/>
+    <row r="454" ht="14.25" customHeight="1"/>
+    <row r="455" ht="14.25" customHeight="1"/>
+    <row r="456" ht="14.25" customHeight="1"/>
+    <row r="457" ht="14.25" customHeight="1"/>
+    <row r="458" ht="14.25" customHeight="1"/>
+    <row r="459" ht="14.25" customHeight="1"/>
+    <row r="460" ht="14.25" customHeight="1"/>
+    <row r="461" ht="14.25" customHeight="1"/>
+    <row r="462" ht="14.25" customHeight="1"/>
+    <row r="463" ht="14.25" customHeight="1"/>
+    <row r="464" ht="14.25" customHeight="1"/>
+    <row r="465" ht="14.25" customHeight="1"/>
+    <row r="466" ht="14.25" customHeight="1"/>
+    <row r="467" ht="14.25" customHeight="1"/>
+    <row r="468" ht="14.25" customHeight="1"/>
+    <row r="469" ht="14.25" customHeight="1"/>
+    <row r="470" ht="14.25" customHeight="1"/>
+    <row r="471" ht="14.25" customHeight="1"/>
+    <row r="472" ht="14.25" customHeight="1"/>
+    <row r="473" ht="14.25" customHeight="1"/>
+    <row r="474" ht="14.25" customHeight="1"/>
+    <row r="475" ht="14.25" customHeight="1"/>
+    <row r="476" ht="14.25" customHeight="1"/>
+    <row r="477" ht="14.25" customHeight="1"/>
+    <row r="478" ht="14.25" customHeight="1"/>
+    <row r="479" ht="14.25" customHeight="1"/>
+    <row r="480" ht="14.25" customHeight="1"/>
+    <row r="481" ht="14.25" customHeight="1"/>
+    <row r="482" ht="14.25" customHeight="1"/>
+    <row r="483" ht="14.25" customHeight="1"/>
+    <row r="484" ht="14.25" customHeight="1"/>
+    <row r="485" ht="14.25" customHeight="1"/>
+    <row r="486" ht="14.25" customHeight="1"/>
+    <row r="487" ht="14.25" customHeight="1"/>
+    <row r="488" ht="14.25" customHeight="1"/>
+    <row r="489" ht="14.25" customHeight="1"/>
+    <row r="490" ht="14.25" customHeight="1"/>
+    <row r="491" ht="14.25" customHeight="1"/>
+    <row r="492" ht="14.25" customHeight="1"/>
+    <row r="493" ht="14.25" customHeight="1"/>
+    <row r="494" ht="14.25" customHeight="1"/>
+    <row r="495" ht="14.25" customHeight="1"/>
+    <row r="496" ht="14.25" customHeight="1"/>
+    <row r="497" ht="14.25" customHeight="1"/>
+    <row r="498" ht="14.25" customHeight="1"/>
+    <row r="499" ht="14.25" customHeight="1"/>
+    <row r="500" ht="14.25" customHeight="1"/>
+    <row r="501" ht="14.25" customHeight="1"/>
+    <row r="502" ht="14.25" customHeight="1"/>
+    <row r="503" ht="14.25" customHeight="1"/>
+    <row r="504" ht="14.25" customHeight="1"/>
+    <row r="505" ht="14.25" customHeight="1"/>
+    <row r="506" ht="14.25" customHeight="1"/>
+    <row r="507" ht="14.25" customHeight="1"/>
+    <row r="508" ht="14.25" customHeight="1"/>
+    <row r="509" ht="14.25" customHeight="1"/>
+    <row r="510" ht="14.25" customHeight="1"/>
+    <row r="511" ht="14.25" customHeight="1"/>
+    <row r="512" ht="14.25" customHeight="1"/>
+    <row r="513" ht="14.25" customHeight="1"/>
+    <row r="514" ht="14.25" customHeight="1"/>
+    <row r="515" ht="14.25" customHeight="1"/>
+    <row r="516" ht="14.25" customHeight="1"/>
+    <row r="517" ht="14.25" customHeight="1"/>
+    <row r="518" ht="14.25" customHeight="1"/>
+    <row r="519" ht="14.25" customHeight="1"/>
+    <row r="520" ht="14.25" customHeight="1"/>
+    <row r="521" ht="14.25" customHeight="1"/>
+    <row r="522" ht="14.25" customHeight="1"/>
+    <row r="523" ht="14.25" customHeight="1"/>
+    <row r="524" ht="14.25" customHeight="1"/>
+    <row r="525" ht="14.25" customHeight="1"/>
+    <row r="526" ht="14.25" customHeight="1"/>
+    <row r="527" ht="14.25" customHeight="1"/>
+    <row r="528" ht="14.25" customHeight="1"/>
+    <row r="529" ht="14.25" customHeight="1"/>
+    <row r="530" ht="14.25" customHeight="1"/>
+    <row r="531" ht="14.25" customHeight="1"/>
+    <row r="532" ht="14.25" customHeight="1"/>
+    <row r="533" ht="14.25" customHeight="1"/>
+    <row r="534" ht="14.25" customHeight="1"/>
+    <row r="535" ht="14.25" customHeight="1"/>
+    <row r="536" ht="14.25" customHeight="1"/>
+    <row r="537" ht="14.25" customHeight="1"/>
+    <row r="538" ht="14.25" customHeight="1"/>
+    <row r="539" ht="14.25" customHeight="1"/>
+    <row r="540" ht="14.25" customHeight="1"/>
+    <row r="541" ht="14.25" customHeight="1"/>
+    <row r="542" ht="14.25" customHeight="1"/>
+    <row r="543" ht="14.25" customHeight="1"/>
+    <row r="544" ht="14.25" customHeight="1"/>
+    <row r="545" ht="14.25" customHeight="1"/>
+    <row r="546" ht="14.25" customHeight="1"/>
+    <row r="547" ht="14.25" customHeight="1"/>
+    <row r="548" ht="14.25" customHeight="1"/>
+    <row r="549" ht="14.25" customHeight="1"/>
+    <row r="550" ht="14.25" customHeight="1"/>
+    <row r="551" ht="14.25" customHeight="1"/>
+    <row r="552" ht="14.25" customHeight="1"/>
+    <row r="553" ht="14.25" customHeight="1"/>
+    <row r="554" ht="14.25" customHeight="1"/>
+    <row r="555" ht="14.25" customHeight="1"/>
+    <row r="556" ht="14.25" customHeight="1"/>
+    <row r="557" ht="14.25" customHeight="1"/>
+    <row r="558" ht="14.25" customHeight="1"/>
+    <row r="559" ht="14.25" customHeight="1"/>
+    <row r="560" ht="14.25" customHeight="1"/>
+    <row r="561" ht="14.25" customHeight="1"/>
+    <row r="562" ht="14.25" customHeight="1"/>
+    <row r="563" ht="14.25" customHeight="1"/>
+    <row r="564" ht="14.25" customHeight="1"/>
+    <row r="565" ht="14.25" customHeight="1"/>
+    <row r="566" ht="14.25" customHeight="1"/>
+    <row r="567" ht="14.25" customHeight="1"/>
+    <row r="568" ht="14.25" customHeight="1"/>
+    <row r="569" ht="14.25" customHeight="1"/>
+    <row r="570" ht="14.25" customHeight="1"/>
+    <row r="571" ht="14.25" customHeight="1"/>
+    <row r="572" ht="14.25" customHeight="1"/>
+    <row r="573" ht="14.25" customHeight="1"/>
+    <row r="574" ht="14.25" customHeight="1"/>
+    <row r="575" ht="14.25" customHeight="1"/>
+    <row r="576" ht="14.25" customHeight="1"/>
+    <row r="577" ht="14.25" customHeight="1"/>
+    <row r="578" ht="14.25" customHeight="1"/>
+    <row r="579" ht="14.25" customHeight="1"/>
+    <row r="580" ht="14.25" customHeight="1"/>
+    <row r="581" ht="14.25" customHeight="1"/>
+    <row r="582" ht="14.25" customHeight="1"/>
+    <row r="583" ht="14.25" customHeight="1"/>
+    <row r="584" ht="14.25" customHeight="1"/>
+    <row r="585" ht="14.25" customHeight="1"/>
+    <row r="586" ht="14.25" customHeight="1"/>
+    <row r="587" ht="14.25" customHeight="1"/>
+    <row r="588" ht="14.25" customHeight="1"/>
+    <row r="589" ht="14.25" customHeight="1"/>
+    <row r="590" ht="14.25" customHeight="1"/>
+    <row r="591" ht="14.25" customHeight="1"/>
+    <row r="592" ht="14.25" customHeight="1"/>
+    <row r="593" ht="14.25" customHeight="1"/>
+    <row r="594" ht="14.25" customHeight="1"/>
+    <row r="595" ht="14.25" customHeight="1"/>
+    <row r="596" ht="14.25" customHeight="1"/>
+    <row r="597" ht="14.25" customHeight="1"/>
+    <row r="598" ht="14.25" customHeight="1"/>
+    <row r="599" ht="14.25" customHeight="1"/>
+    <row r="600" ht="14.25" customHeight="1"/>
+    <row r="601" ht="14.25" customHeight="1"/>
+    <row r="602" ht="14.25" customHeight="1"/>
+    <row r="603" ht="14.25" customHeight="1"/>
+    <row r="604" ht="14.25" customHeight="1"/>
+    <row r="605" ht="14.25" customHeight="1"/>
+    <row r="606" ht="14.25" customHeight="1"/>
+    <row r="607" ht="14.25" customHeight="1"/>
+    <row r="608" ht="14.25" customHeight="1"/>
+    <row r="609" ht="14.25" customHeight="1"/>
+    <row r="610" ht="14.25" customHeight="1"/>
+    <row r="611" ht="14.25" customHeight="1"/>
+    <row r="612" ht="14.25" customHeight="1"/>
+    <row r="613" ht="14.25" customHeight="1"/>
+    <row r="614" ht="14.25" customHeight="1"/>
+    <row r="615" ht="14.25" customHeight="1"/>
+    <row r="616" ht="14.25" customHeight="1"/>
+    <row r="617" ht="14.25" customHeight="1"/>
+    <row r="618" ht="14.25" customHeight="1"/>
+    <row r="619" ht="14.25" customHeight="1"/>
+    <row r="620" ht="14.25" customHeight="1"/>
+    <row r="621" ht="14.25" customHeight="1"/>
+    <row r="622" ht="14.25" customHeight="1"/>
+    <row r="623" ht="14.25" customHeight="1"/>
+    <row r="624" ht="14.25" customHeight="1"/>
+    <row r="625" ht="14.25" customHeight="1"/>
+    <row r="626" ht="14.25" customHeight="1"/>
+    <row r="627" ht="14.25" customHeight="1"/>
+    <row r="628" ht="14.25" customHeight="1"/>
+    <row r="629" ht="14.25" customHeight="1"/>
+    <row r="630" ht="14.25" customHeight="1"/>
+    <row r="631" ht="14.25" customHeight="1"/>
+    <row r="632" ht="14.25" customHeight="1"/>
+    <row r="633" ht="14.25" customHeight="1"/>
+    <row r="634" ht="14.25" customHeight="1"/>
+    <row r="635" ht="14.25" customHeight="1"/>
+    <row r="636" ht="14.25" customHeight="1"/>
+    <row r="637" ht="14.25" customHeight="1"/>
+    <row r="638" ht="14.25" customHeight="1"/>
+    <row r="639" ht="14.25" customHeight="1"/>
+    <row r="640" ht="14.25" customHeight="1"/>
+    <row r="641" ht="14.25" customHeight="1"/>
+    <row r="642" ht="14.25" customHeight="1"/>
+    <row r="643" ht="14.25" customHeight="1"/>
+    <row r="644" ht="14.25" customHeight="1"/>
+    <row r="645" ht="14.25" customHeight="1"/>
+    <row r="646" ht="14.25" customHeight="1"/>
+    <row r="647" ht="14.25" customHeight="1"/>
+    <row r="648" ht="14.25" customHeight="1"/>
+    <row r="649" ht="14.25" customHeight="1"/>
+    <row r="650" ht="14.25" customHeight="1"/>
+    <row r="651" ht="14.25" customHeight="1"/>
+    <row r="652" ht="14.25" customHeight="1"/>
+    <row r="653" ht="14.25" customHeight="1"/>
+    <row r="654" ht="14.25" customHeight="1"/>
+    <row r="655" ht="14.25" customHeight="1"/>
+    <row r="656" ht="14.25" customHeight="1"/>
+    <row r="657" ht="14.25" customHeight="1"/>
+    <row r="658" ht="14.25" customHeight="1"/>
+    <row r="659" ht="14.25" customHeight="1"/>
+    <row r="660" ht="14.25" customHeight="1"/>
+    <row r="661" ht="14.25" customHeight="1"/>
+    <row r="662" ht="14.25" customHeight="1"/>
+    <row r="663" ht="14.25" customHeight="1"/>
+    <row r="664" ht="14.25" customHeight="1"/>
+    <row r="665" ht="14.25" customHeight="1"/>
+    <row r="666" ht="14.25" customHeight="1"/>
+    <row r="667" ht="14.25" customHeight="1"/>
+    <row r="668" ht="14.25" customHeight="1"/>
+    <row r="669" ht="14.25" customHeight="1"/>
+    <row r="670" ht="14.25" customHeight="1"/>
+    <row r="671" ht="14.25" customHeight="1"/>
+    <row r="672" ht="14.25" customHeight="1"/>
+    <row r="673" ht="14.25" customHeight="1"/>
+    <row r="674" ht="14.25" customHeight="1"/>
+    <row r="675" ht="14.25" customHeight="1"/>
+    <row r="676" ht="14.25" customHeight="1"/>
+    <row r="677" ht="14.25" customHeight="1"/>
+    <row r="678" ht="14.25" customHeight="1"/>
+    <row r="679" ht="14.25" customHeight="1"/>
+    <row r="680" ht="14.25" customHeight="1"/>
+    <row r="681" ht="14.25" customHeight="1"/>
+    <row r="682" ht="14.25" customHeight="1"/>
+    <row r="683" ht="14.25" customHeight="1"/>
+    <row r="684" ht="14.25" customHeight="1"/>
+    <row r="685" ht="14.25" customHeight="1"/>
+    <row r="686" ht="14.25" customHeight="1"/>
+    <row r="687" ht="14.25" customHeight="1"/>
+    <row r="688" ht="14.25" customHeight="1"/>
+    <row r="689" ht="14.25" customHeight="1"/>
+    <row r="690" ht="14.25" customHeight="1"/>
+    <row r="691" ht="14.25" customHeight="1"/>
+    <row r="692" ht="14.25" customHeight="1"/>
+    <row r="693" ht="14.25" customHeight="1"/>
+    <row r="694" ht="14.25" customHeight="1"/>
+    <row r="695" ht="14.25" customHeight="1"/>
+    <row r="696" ht="14.25" customHeight="1"/>
+    <row r="697" ht="14.25" customHeight="1"/>
+    <row r="698" ht="14.25" customHeight="1"/>
+    <row r="699" ht="14.25" customHeight="1"/>
+    <row r="700" ht="14.25" customHeight="1"/>
+    <row r="701" ht="14.25" customHeight="1"/>
+    <row r="702" ht="14.25" customHeight="1"/>
+    <row r="703" ht="14.25" customHeight="1"/>
+    <row r="704" ht="14.25" customHeight="1"/>
+    <row r="705" ht="14.25" customHeight="1"/>
+    <row r="706" ht="14.25" customHeight="1"/>
+    <row r="707" ht="14.25" customHeight="1"/>
+    <row r="708" ht="14.25" customHeight="1"/>
+    <row r="709" ht="14.25" customHeight="1"/>
+    <row r="710" ht="14.25" customHeight="1"/>
+    <row r="711" ht="14.25" customHeight="1"/>
+    <row r="712" ht="14.25" customHeight="1"/>
+    <row r="713" ht="14.25" customHeight="1"/>
+    <row r="714" ht="14.25" customHeight="1"/>
+    <row r="715" ht="14.25" customHeight="1"/>
+    <row r="716" ht="14.25" customHeight="1"/>
+    <row r="717" ht="14.25" customHeight="1"/>
+    <row r="718" ht="14.25" customHeight="1"/>
+    <row r="719" ht="14.25" customHeight="1"/>
+    <row r="720" ht="14.25" customHeight="1"/>
+    <row r="721" ht="14.25" customHeight="1"/>
+    <row r="722" ht="14.25" customHeight="1"/>
+    <row r="723" ht="14.25" customHeight="1"/>
+    <row r="724" ht="14.25" customHeight="1"/>
+    <row r="725" ht="14.25" customHeight="1"/>
+    <row r="726" ht="14.25" customHeight="1"/>
+    <row r="727" ht="14.25" customHeight="1"/>
+    <row r="728" ht="14.25" customHeight="1"/>
+    <row r="729" ht="14.25" customHeight="1"/>
+    <row r="730" ht="14.25" customHeight="1"/>
+    <row r="731" ht="14.25" customHeight="1"/>
+    <row r="732" ht="14.25" customHeight="1"/>
+    <row r="733" ht="14.25" customHeight="1"/>
+    <row r="734" ht="14.25" customHeight="1"/>
+    <row r="735" ht="14.25" customHeight="1"/>
+    <row r="736" ht="14.25" customHeight="1"/>
+    <row r="737" ht="14.25" customHeight="1"/>
+    <row r="738" ht="14.25" customHeight="1"/>
+    <row r="739" ht="14.25" customHeight="1"/>
+    <row r="740" ht="14.25" customHeight="1"/>
+    <row r="741" ht="14.25" customHeight="1"/>
+    <row r="742" ht="14.25" customHeight="1"/>
+    <row r="743" ht="14.25" customHeight="1"/>
+    <row r="744" ht="14.25" customHeight="1"/>
+    <row r="745" ht="14.25" customHeight="1"/>
+    <row r="746" ht="14.25" customHeight="1"/>
+    <row r="747" ht="14.25" customHeight="1"/>
+    <row r="748" ht="14.25" customHeight="1"/>
+    <row r="749" ht="14.25" customHeight="1"/>
+    <row r="750" ht="14.25" customHeight="1"/>
+    <row r="751" ht="14.25" customHeight="1"/>
+    <row r="752" ht="14.25" customHeight="1"/>
+    <row r="753" ht="14.25" customHeight="1"/>
+    <row r="754" ht="14.25" customHeight="1"/>
+    <row r="755" ht="14.25" customHeight="1"/>
+    <row r="756" ht="14.25" customHeight="1"/>
+    <row r="757" ht="14.25" customHeight="1"/>
+    <row r="758" ht="14.25" customHeight="1"/>
+    <row r="759" ht="14.25" customHeight="1"/>
+    <row r="760" ht="14.25" customHeight="1"/>
+    <row r="761" ht="14.25" customHeight="1"/>
+    <row r="762" ht="14.25" customHeight="1"/>
+    <row r="763" ht="14.25" customHeight="1"/>
+    <row r="764" ht="14.25" customHeight="1"/>
+    <row r="765" ht="14.25" customHeight="1"/>
+    <row r="766" ht="14.25" customHeight="1"/>
+    <row r="767" ht="14.25" customHeight="1"/>
+    <row r="768" ht="14.25" customHeight="1"/>
+    <row r="769" ht="14.25" customHeight="1"/>
+    <row r="770" ht="14.25" customHeight="1"/>
+    <row r="771" ht="14.25" customHeight="1"/>
+    <row r="772" ht="14.25" customHeight="1"/>
+    <row r="773" ht="14.25" customHeight="1"/>
+    <row r="774" ht="14.25" customHeight="1"/>
+    <row r="775" ht="14.25" customHeight="1"/>
+    <row r="776" ht="14.25" customHeight="1"/>
+    <row r="777" ht="14.25" customHeight="1"/>
+    <row r="778" ht="14.25" customHeight="1"/>
+    <row r="779" ht="14.25" customHeight="1"/>
+    <row r="780" ht="14.25" customHeight="1"/>
+    <row r="781" ht="14.25" customHeight="1"/>
+    <row r="782" ht="14.25" customHeight="1"/>
+    <row r="783" ht="14.25" customHeight="1"/>
+    <row r="784" ht="14.25" customHeight="1"/>
+    <row r="785" ht="14.25" customHeight="1"/>
+    <row r="786" ht="14.25" customHeight="1"/>
+    <row r="787" ht="14.25" customHeight="1"/>
+    <row r="788" ht="14.25" customHeight="1"/>
+    <row r="789" ht="14.25" customHeight="1"/>
+    <row r="790" ht="14.25" customHeight="1"/>
+    <row r="791" ht="14.25" customHeight="1"/>
+    <row r="792" ht="14.25" customHeight="1"/>
+    <row r="793" ht="14.25" customHeight="1"/>
+    <row r="794" ht="14.25" customHeight="1"/>
+    <row r="795" ht="14.25" customHeight="1"/>
+    <row r="796" ht="14.25" customHeight="1"/>
+    <row r="797" ht="14.25" customHeight="1"/>
+    <row r="798" ht="14.25" customHeight="1"/>
+    <row r="799" ht="14.25" customHeight="1"/>
+    <row r="800" ht="14.25" customHeight="1"/>
+    <row r="801" ht="14.25" customHeight="1"/>
+    <row r="802" ht="14.25" customHeight="1"/>
+    <row r="803" ht="14.25" customHeight="1"/>
+    <row r="804" ht="14.25" customHeight="1"/>
+    <row r="805" ht="14.25" customHeight="1"/>
+    <row r="806" ht="14.25" customHeight="1"/>
+    <row r="807" ht="14.25" customHeight="1"/>
+    <row r="808" ht="14.25" customHeight="1"/>
+    <row r="809" ht="14.25" customHeight="1"/>
+    <row r="810" ht="14.25" customHeight="1"/>
+    <row r="811" ht="14.25" customHeight="1"/>
+    <row r="812" ht="14.25" customHeight="1"/>
+    <row r="813" ht="14.25" customHeight="1"/>
+    <row r="814" ht="14.25" customHeight="1"/>
+    <row r="815" ht="14.25" customHeight="1"/>
+    <row r="816" ht="14.25" customHeight="1"/>
+    <row r="817" ht="14.25" customHeight="1"/>
+    <row r="818" ht="14.25" customHeight="1"/>
+    <row r="819" ht="14.25" customHeight="1"/>
+    <row r="820" ht="14.25" customHeight="1"/>
+    <row r="821" ht="14.25" customHeight="1"/>
+    <row r="822" ht="14.25" customHeight="1"/>
+    <row r="823" ht="14.25" customHeight="1"/>
+    <row r="824" ht="14.25" customHeight="1"/>
+    <row r="825" ht="14.25" customHeight="1"/>
+    <row r="826" ht="14.25" customHeight="1"/>
+    <row r="827" ht="14.25" customHeight="1"/>
+    <row r="828" ht="14.25" customHeight="1"/>
+    <row r="829" ht="14.25" customHeight="1"/>
+    <row r="830" ht="14.25" customHeight="1"/>
+    <row r="831" ht="14.25" customHeight="1"/>
+    <row r="832" ht="14.25" customHeight="1"/>
+    <row r="833" ht="14.25" customHeight="1"/>
+    <row r="834" ht="14.25" customHeight="1"/>
+    <row r="835" ht="14.25" customHeight="1"/>
+    <row r="836" ht="14.25" customHeight="1"/>
+    <row r="837" ht="14.25" customHeight="1"/>
+    <row r="838" ht="14.25" customHeight="1"/>
+    <row r="839" ht="14.25" customHeight="1"/>
+    <row r="840" ht="14.25" customHeight="1"/>
+    <row r="841" ht="14.25" customHeight="1"/>
+    <row r="842" ht="14.25" customHeight="1"/>
+    <row r="843" ht="14.25" customHeight="1"/>
+    <row r="844" ht="14.25" customHeight="1"/>
+    <row r="845" ht="14.25" customHeight="1"/>
+    <row r="846" ht="14.25" customHeight="1"/>
+    <row r="847" ht="14.25" customHeight="1"/>
+    <row r="848" ht="14.25" customHeight="1"/>
+    <row r="849" ht="14.25" customHeight="1"/>
+    <row r="850" ht="14.25" customHeight="1"/>
+    <row r="851" ht="14.25" customHeight="1"/>
+    <row r="852" ht="14.25" customHeight="1"/>
+    <row r="853" ht="14.25" customHeight="1"/>
+    <row r="854" ht="14.25" customHeight="1"/>
+    <row r="855" ht="14.25" customHeight="1"/>
+    <row r="856" ht="14.25" customHeight="1"/>
+    <row r="857" ht="14.25" customHeight="1"/>
+    <row r="858" ht="14.25" customHeight="1"/>
+    <row r="859" ht="14.25" customHeight="1"/>
+    <row r="860" ht="14.25" customHeight="1"/>
+    <row r="861" ht="14.25" customHeight="1"/>
+    <row r="862" ht="14.25" customHeight="1"/>
+    <row r="863" ht="14.25" customHeight="1"/>
+    <row r="864" ht="14.25" customHeight="1"/>
+    <row r="865" ht="14.25" customHeight="1"/>
+    <row r="866" ht="14.25" customHeight="1"/>
+    <row r="867" ht="14.25" customHeight="1"/>
+    <row r="868" ht="14.25" customHeight="1"/>
+    <row r="869" ht="14.25" customHeight="1"/>
+    <row r="870" ht="14.25" customHeight="1"/>
+    <row r="871" ht="14.25" customHeight="1"/>
+    <row r="872" ht="14.25" customHeight="1"/>
+    <row r="873" ht="14.25" customHeight="1"/>
+    <row r="874" ht="14.25" customHeight="1"/>
+    <row r="875" ht="14.25" customHeight="1"/>
+    <row r="876" ht="14.25" customHeight="1"/>
+    <row r="877" ht="14.25" customHeight="1"/>
+    <row r="878" ht="14.25" customHeight="1"/>
+    <row r="879" ht="14.25" customHeight="1"/>
+    <row r="880" ht="14.25" customHeight="1"/>
+    <row r="881" ht="14.25" customHeight="1"/>
+    <row r="882" ht="14.25" customHeight="1"/>
+    <row r="883" ht="14.25" customHeight="1"/>
+    <row r="884" ht="14.25" customHeight="1"/>
+    <row r="885" ht="14.25" customHeight="1"/>
+    <row r="886" ht="14.25" customHeight="1"/>
+    <row r="887" ht="14.25" customHeight="1"/>
+    <row r="888" ht="14.25" customHeight="1"/>
+    <row r="889" ht="14.25" customHeight="1"/>
+    <row r="890" ht="14.25" customHeight="1"/>
+    <row r="891" ht="14.25" customHeight="1"/>
+    <row r="892" ht="14.25" customHeight="1"/>
+    <row r="893" ht="14.25" customHeight="1"/>
+    <row r="894" ht="14.25" customHeight="1"/>
+    <row r="895" ht="14.25" customHeight="1"/>
+    <row r="896" ht="14.25" customHeight="1"/>
+    <row r="897" ht="14.25" customHeight="1"/>
+    <row r="898" ht="14.25" customHeight="1"/>
+    <row r="899" ht="14.25" customHeight="1"/>
+    <row r="900" ht="14.25" customHeight="1"/>
+    <row r="901" ht="14.25" customHeight="1"/>
+    <row r="902" ht="14.25" customHeight="1"/>
+    <row r="903" ht="14.25" customHeight="1"/>
+    <row r="904" ht="14.25" customHeight="1"/>
+    <row r="905" ht="14.25" customHeight="1"/>
+    <row r="906" ht="14.25" customHeight="1"/>
+    <row r="907" ht="14.25" customHeight="1"/>
+    <row r="908" ht="14.25" customHeight="1"/>
+    <row r="909" ht="14.25" customHeight="1"/>
+    <row r="910" ht="14.25" customHeight="1"/>
+    <row r="911" ht="14.25" customHeight="1"/>
+    <row r="912" ht="14.25" customHeight="1"/>
+    <row r="913" ht="14.25" customHeight="1"/>
+    <row r="914" ht="14.25" customHeight="1"/>
+    <row r="915" ht="14.25" customHeight="1"/>
+    <row r="916" ht="14.25" customHeight="1"/>
+    <row r="917" ht="14.25" customHeight="1"/>
+    <row r="918" ht="14.25" customHeight="1"/>
+    <row r="919" ht="14.25" customHeight="1"/>
+    <row r="920" ht="14.25" customHeight="1"/>
+    <row r="921" ht="14.25" customHeight="1"/>
+    <row r="922" ht="14.25" customHeight="1"/>
+    <row r="923" ht="14.25" customHeight="1"/>
+    <row r="924" ht="14.25" customHeight="1"/>
+    <row r="925" ht="14.25" customHeight="1"/>
+    <row r="926" ht="14.25" customHeight="1"/>
+    <row r="927" ht="14.25" customHeight="1"/>
+    <row r="928" ht="14.25" customHeight="1"/>
+    <row r="929" ht="14.25" customHeight="1"/>
+    <row r="930" ht="14.25" customHeight="1"/>
+    <row r="931" ht="14.25" customHeight="1"/>
+    <row r="932" ht="14.25" customHeight="1"/>
+    <row r="933" ht="14.25" customHeight="1"/>
+    <row r="934" ht="14.25" customHeight="1"/>
+    <row r="935" ht="14.25" customHeight="1"/>
+    <row r="936" ht="14.25" customHeight="1"/>
+    <row r="937" ht="14.25" customHeight="1"/>
+    <row r="938" ht="14.25" customHeight="1"/>
+    <row r="939" ht="14.25" customHeight="1"/>
+    <row r="940" ht="14.25" customHeight="1"/>
+    <row r="941" ht="14.25" customHeight="1"/>
+    <row r="942" ht="14.25" customHeight="1"/>
+    <row r="943" ht="14.25" customHeight="1"/>
+    <row r="944" ht="14.25" customHeight="1"/>
+    <row r="945" ht="14.25" customHeight="1"/>
+    <row r="946" ht="14.25" customHeight="1"/>
+    <row r="947" ht="14.25" customHeight="1"/>
+    <row r="948" ht="14.25" customHeight="1"/>
+    <row r="949" ht="14.25" customHeight="1"/>
+    <row r="950" ht="14.25" customHeight="1"/>
+    <row r="951" ht="14.25" customHeight="1"/>
+    <row r="952" ht="14.25" customHeight="1"/>
+    <row r="953" ht="14.25" customHeight="1"/>
+    <row r="954" ht="14.25" customHeight="1"/>
+    <row r="955" ht="14.25" customHeight="1"/>
+    <row r="956" ht="14.25" customHeight="1"/>
+    <row r="957" ht="14.25" customHeight="1"/>
+    <row r="958" ht="14.25" customHeight="1"/>
+    <row r="959" ht="14.25" customHeight="1"/>
+    <row r="960" ht="14.25" customHeight="1"/>
+    <row r="961" ht="14.25" customHeight="1"/>
+    <row r="962" ht="14.25" customHeight="1"/>
+    <row r="963" ht="14.25" customHeight="1"/>
+    <row r="964" ht="14.25" customHeight="1"/>
+    <row r="965" ht="14.25" customHeight="1"/>
+    <row r="966" ht="14.25" customHeight="1"/>
+    <row r="967" ht="14.25" customHeight="1"/>
+    <row r="968" ht="14.25" customHeight="1"/>
+    <row r="969" ht="14.25" customHeight="1"/>
+    <row r="970" ht="14.25" customHeight="1"/>
+    <row r="971" ht="14.25" customHeight="1"/>
+    <row r="972" ht="14.25" customHeight="1"/>
+    <row r="973" ht="14.25" customHeight="1"/>
+    <row r="974" ht="14.25" customHeight="1"/>
+    <row r="975" ht="14.25" customHeight="1"/>
+    <row r="976" ht="14.25" customHeight="1"/>
+    <row r="977" ht="14.25" customHeight="1"/>
+    <row r="978" ht="14.25" customHeight="1"/>
+    <row r="979" ht="14.25" customHeight="1"/>
+    <row r="980" ht="14.25" customHeight="1"/>
+    <row r="981" ht="14.25" customHeight="1"/>
+    <row r="982" ht="14.25" customHeight="1"/>
+    <row r="983" ht="14.25" customHeight="1"/>
+    <row r="984" ht="14.25" customHeight="1"/>
+    <row r="985" ht="14.25" customHeight="1"/>
+    <row r="986" ht="14.25" customHeight="1"/>
+    <row r="987" ht="14.25" customHeight="1"/>
+    <row r="988" ht="14.25" customHeight="1"/>
+    <row r="989" ht="14.25" customHeight="1"/>
+    <row r="990" ht="14.25" customHeight="1"/>
+    <row r="991" ht="14.25" customHeight="1"/>
+    <row r="992" ht="14.25" customHeight="1"/>
+    <row r="993" ht="14.25" customHeight="1"/>
+    <row r="994" ht="14.25" customHeight="1"/>
+    <row r="995" ht="14.25" customHeight="1"/>
+    <row r="996" ht="14.25" customHeight="1"/>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
+  <printOptions/>
+  <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.7" right="0.7" top="0.75"/>
   <pageSetup paperSize="9" orientation="portrait"/>
+  <drawing r:id="rId1"/>
 </worksheet>
-</file>
-[...26 lines deleted...]
-</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Jenny Wallin</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-[...1 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>