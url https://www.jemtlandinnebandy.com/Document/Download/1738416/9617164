--- v0 (2025-11-03)
+++ v1 (2026-02-20)
@@ -1,1205 +1,1849 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="18DE7FAE" w14:textId="070FF55A" w:rsidR="002642E0" w:rsidRDefault="002642E0" w:rsidP="000944E6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A44348C" w14:textId="77777777" w:rsidR="0023650C" w:rsidRDefault="0023650C" w:rsidP="000944E6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45B3BE31" w14:textId="1A42156C" w:rsidR="00D95091" w:rsidRPr="00AE3ECA" w:rsidRDefault="00D95091" w:rsidP="000944E6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE3ECA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>Matchvärd Seniormatcher i Torvalla Sporthall</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BEB7E85" w14:textId="45E9BFFF" w:rsidR="00AF178C" w:rsidRDefault="00D95091" w:rsidP="000944E6">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Varje säsong blir ungdomslagen tilldelade 1-2 tillfällen som de ska vara matchvärdar på seniormatcher. </w:t>
+    <w:p w14:paraId="6BEB7E85" w14:textId="147FB36F" w:rsidR="00AF178C" w:rsidRDefault="00D95091" w:rsidP="000944E6">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Varje säsong blir ungdomslagen tilldelade </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1-2</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tillfällen som de ska vara matchvärdar på seniormatcher. </w:t>
       </w:r>
       <w:r w:rsidR="0085699C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dels för att hjälpa till i föreningen, dels för att lära sig hur det fungerar runt matcher. </w:t>
-[...7 lines deleted...]
-        <w:t>Laget</w:t>
+        <w:t>Dels för att hjälpa till i föreningen, dels för att lära sig hur det fungerar runt matcher. Spelarna ska såklart vara på plats och hjälpa till men vuxna behöver finnas på varje position.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF178C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52427860" w14:textId="039E4EBB" w:rsidR="004A7B54" w:rsidRPr="00BB52E5" w:rsidRDefault="004A7B54" w:rsidP="000944E6">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Schema för matchvärdskap ligger på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>JIBs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hemsida (laget.se) under </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB52E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dokument – Hemmamatch – Arbetsschema. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="064DBBEF" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00AF178C" w:rsidP="000944E6">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I Torvalla Sporthall bör matchvärdar vara på plats </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF3641">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>1 timme innan matchstart</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D5F2587" w14:textId="04B83865" w:rsidR="00AF178C" w:rsidRDefault="00BB52E5" w:rsidP="000944E6">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OBS! </w:t>
       </w:r>
       <w:r w:rsidR="0085699C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> har även möjlighet att få spela ”uppvisningsmatch” i pauserna. Spelarna ska såklart vara på plats och hjälpa till men vuxna behöver finnas på varje position.</w:t>
+        <w:t>Nycklar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till JIB-förrådet </w:t>
+      </w:r>
+      <w:r w:rsidR="0085699C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">behöver </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hämtas ut innan, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maila</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="001E2E3F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>jemtlandinnebandy@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i god tid innan match.</w:t>
+      </w:r>
+      <w:r w:rsidR="0085699C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Laget som ska spela står för ansvaret att låsa upp hallen</w:t>
       </w:r>
       <w:r w:rsidR="00AF178C">
-        <w:rPr>
-[...85 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BE14181" w14:textId="77777777" w:rsidR="0023650C" w:rsidRDefault="0023650C" w:rsidP="000944E6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14274FBB" w14:textId="77777777" w:rsidR="0023650C" w:rsidRPr="0023650C" w:rsidRDefault="0023650C" w:rsidP="0023650C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023650C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Att vara matchvärd innebär att man ska bemanna följande positioner:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="432A7194" w14:textId="77777777" w:rsidR="0023650C" w:rsidRPr="0023650C" w:rsidRDefault="0023650C" w:rsidP="0023650C">
+    <w:p w14:paraId="432A7194" w14:textId="6C64F95A" w:rsidR="0023650C" w:rsidRPr="00755A62" w:rsidRDefault="0023650C" w:rsidP="00755A62">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
+        <w:spacing w:after="120" w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="32"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0023650C">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sargvakter (4-6st) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E5420E4" w14:textId="2B5063C9" w:rsidR="0023650C" w:rsidRPr="00755A62" w:rsidRDefault="0023650C" w:rsidP="00755A62">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fik (2-3st) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C7EBAC6" w14:textId="61053E7A" w:rsidR="0023650C" w:rsidRPr="00755A62" w:rsidRDefault="0023650C" w:rsidP="00755A62">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Entré och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00755A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>hallvärd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00755A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1-2st) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE38944" w14:textId="2F5A218A" w:rsidR="00E86330" w:rsidRPr="00755A62" w:rsidRDefault="00E86330" w:rsidP="00755A62">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Livesändning av match (1st) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44915866" w14:textId="77777777" w:rsidR="00305509" w:rsidRDefault="00305509" w:rsidP="00305509">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sargvakter (4-6st) – </w:t>
-[...4 lines deleted...]
-          <w:b/>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-375387490"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Table of Contents"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:p w14:paraId="7CE69712" w14:textId="6FBC78F1" w:rsidR="00305509" w:rsidRPr="002D3605" w:rsidRDefault="00305509" w:rsidP="003145ED">
+          <w:pPr>
+            <w:pStyle w:val="Orubrik"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002D3605">
+            <w:t>Innehåll</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="6041CABD" w14:textId="159AE0D2" w:rsidR="00755A62" w:rsidRDefault="00305509">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:bCs/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:bCs/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z </w:instrText>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:bCs/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:hyperlink w:anchor="_Toc215483945" w:history="1">
+            <w:r w:rsidR="00755A62" w:rsidRPr="00764B99">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Sargvakter</w:t>
+            </w:r>
+            <w:r w:rsidR="00755A62">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00755A62">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00755A62">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215483945 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00755A62">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00755A62">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00755A62">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00755A62">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="570BAF04" w14:textId="0AFC6D9C" w:rsidR="00755A62" w:rsidRDefault="00755A62">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc215483946" w:history="1">
+            <w:r w:rsidRPr="00764B99">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Fik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215483946 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="76461E0B" w14:textId="3DF730A5" w:rsidR="00755A62" w:rsidRDefault="00755A62">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc215483947" w:history="1">
+            <w:r w:rsidRPr="00764B99">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Checklista för fik:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215483947 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7AFB73EB" w14:textId="58A7068A" w:rsidR="00755A62" w:rsidRDefault="00755A62">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc215483948" w:history="1">
+            <w:r w:rsidRPr="00764B99">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Entré och hallvärd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215483948 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1B9AFC2E" w14:textId="112DC953" w:rsidR="00755A62" w:rsidRDefault="00755A62">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc215483949" w:history="1">
+            <w:r w:rsidRPr="00764B99">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Att vara hallvärd/entrevärd innefattar följande:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215483949 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="23C9234A" w14:textId="59000DED" w:rsidR="00755A62" w:rsidRDefault="00755A62">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc215483950" w:history="1">
+            <w:r w:rsidRPr="00764B99">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Förberedelser innan match:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215483950 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="765B98A9" w14:textId="21B32A6B" w:rsidR="00755A62" w:rsidRDefault="00755A62">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc215483951" w:history="1">
+            <w:r w:rsidRPr="00764B99">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Entré:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215483951 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="32FC6FE0" w14:textId="5EFCBF20" w:rsidR="00755A62" w:rsidRDefault="00755A62">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc215483952" w:history="1">
+            <w:r w:rsidRPr="00764B99">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Att göra efter matchen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215483952 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="195CAE2F" w14:textId="09DE5695" w:rsidR="00755A62" w:rsidRDefault="00755A62">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="sv-SE"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc215483953" w:history="1">
+            <w:r w:rsidRPr="00764B99">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Livesändning av match</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215483953 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="01CDCB6A" w14:textId="1392F155" w:rsidR="00305509" w:rsidRDefault="00305509" w:rsidP="00305509">
+          <w:pPr>
+            <w:pStyle w:val="Brdtext"/>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="0D5E51E4" w14:textId="767857D0" w:rsidR="00305509" w:rsidRDefault="00305509" w:rsidP="00305509">
+          <w:pPr>
+            <w:pStyle w:val="Brdtext"/>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="4F8270DD" w14:textId="0C5E0123" w:rsidR="0085699C" w:rsidRPr="00305509" w:rsidRDefault="0085699C" w:rsidP="00305509">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4E5420E4" w14:textId="77777777" w:rsidR="0023650C" w:rsidRPr="0023650C" w:rsidRDefault="0023650C" w:rsidP="0023650C">
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc215483945"/>
+      <w:r w:rsidRPr="00FB68A2">
+        <w:lastRenderedPageBreak/>
+        <w:t>Sargvakter</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="1EBE08CB" w14:textId="05B75A4C" w:rsidR="0085699C" w:rsidRDefault="0085699C" w:rsidP="0085699C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...30 lines deleted...]
-    <w:p w14:paraId="0C7EBAC6" w14:textId="11783706" w:rsidR="0023650C" w:rsidRDefault="0023650C" w:rsidP="0023650C">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0085699C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ska bygga upp sargen </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>så snart som möjligt efter upplåsning av hall. Sargen finns i ett rum i direkt anslutning till idrottshallen.</w:t>
+      </w:r>
+      <w:r w:rsidR="00526183">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="076B4EDE" w14:textId="200A46D5" w:rsidR="0085699C" w:rsidRDefault="0085699C" w:rsidP="0085699C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...52 lines deleted...]
-    <w:p w14:paraId="4BE38944" w14:textId="5B6677CC" w:rsidR="00E86330" w:rsidRPr="0023650C" w:rsidRDefault="00E86330" w:rsidP="0023650C">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sargbitar med reklamtryck ska stå med texten vänt mot läktaren</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E97C52D" w14:textId="38990410" w:rsidR="00ED3D02" w:rsidRDefault="0085699C" w:rsidP="00ED3D02">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...30 lines deleted...]
-    <w:p w14:paraId="74CFFFA4" w14:textId="77777777" w:rsidR="0023650C" w:rsidRPr="0023650C" w:rsidRDefault="0023650C" w:rsidP="0023650C">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sargbitar med vit överkant</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> är markering för byteszoner. </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3D02" w:rsidRPr="00ED3D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Byteszone</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r ska placeras</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF178C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ca </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3D02" w:rsidRPr="00ED3D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5m från</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3D02" w:rsidRPr="00ED3D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mittlinjen</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF178C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">och ut mot hörnen </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>på vardera avbytarsida. I Torvalla är avbytarsidan på samma sida som läktaren.</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3D02" w:rsidRPr="00ED3D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43D77E46" w14:textId="213DD7BD" w:rsidR="00ED3D02" w:rsidRDefault="00ED3D02" w:rsidP="00ED3D02">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...148 lines deleted...]
-    <w:p w14:paraId="4F8270DD" w14:textId="5C1EA573" w:rsidR="0085699C" w:rsidRPr="00FB68A2" w:rsidRDefault="0085699C" w:rsidP="0085699C">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Avbytarbänkar ska placeras i byteszonerna</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2 bänkar per sida.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C8A1F30" w14:textId="7CC9B642" w:rsidR="00DE50BF" w:rsidRDefault="00DE50BF" w:rsidP="00ED3D02">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Målburar ska sättas på plats</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6161FDFB" w14:textId="16F49B75" w:rsidR="00951AA2" w:rsidRDefault="00951AA2" w:rsidP="00ED3D02">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dunken med matchbollar lyfts ut på planen, fördela bollar någorlunda jämt på vardera sida för lagen att värma upp med</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40FC9D1D" w14:textId="4658E93E" w:rsidR="00951AA2" w:rsidRDefault="00951AA2" w:rsidP="00ED3D02">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5-3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> min innan matchstart ska bollar plockas ihop i dunken och ställas i sekretariatet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C10D0E5" w14:textId="351D3203" w:rsidR="00AF178C" w:rsidRDefault="00AF178C" w:rsidP="00ED3D02">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Under match ska sargvakter vara placerade i hörnen utanför sargen för att ”laga” och rätta till sarg under matchspel. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C145DD4" w14:textId="056EAE55" w:rsidR="00DE50BF" w:rsidRDefault="00DE50BF" w:rsidP="00ED3D02">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Efter match/er ska sarg plockas ihop och tillbaka in i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sargrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0222B5F2" w14:textId="7C400331" w:rsidR="00DE50BF" w:rsidRDefault="00DE50BF" w:rsidP="00ED3D02">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grovstädning i hall (plocka upp </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skräp och torka upp </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spillt vatten </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>etc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19251EBD" w14:textId="40190324" w:rsidR="000A60E2" w:rsidRDefault="000A60E2" w:rsidP="00AF178C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65D74509" w14:textId="7FE4D4CA" w:rsidR="00FB68A2" w:rsidRDefault="00FB68A2" w:rsidP="00AF178C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08C4434B" w14:textId="6C565C1A" w:rsidR="0023650C" w:rsidRDefault="0023650C" w:rsidP="00AF178C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="481832B4" w14:textId="635DF489" w:rsidR="0023650C" w:rsidRDefault="0023650C" w:rsidP="00AF178C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="267B211C" w14:textId="5CB1F3E1" w:rsidR="0023650C" w:rsidRDefault="0023650C" w:rsidP="00AF178C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31E5EE3C" w14:textId="5CF13210" w:rsidR="0023650C" w:rsidRDefault="0023650C" w:rsidP="00AF178C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C1A677B" w14:textId="0C00A118" w:rsidR="0023650C" w:rsidRDefault="0023650C" w:rsidP="00AF178C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25551664" w14:textId="77777777" w:rsidR="0023650C" w:rsidRPr="00FB68A2" w:rsidRDefault="0023650C" w:rsidP="00AF178C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0272958F" w14:textId="77777777" w:rsidR="00C216B5" w:rsidRDefault="00C216B5" w:rsidP="00AF178C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB68A2">
+    </w:p>
+    <w:p w14:paraId="23543802" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00AF178C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Sargvakter:</w:t>
-[...531 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18BFCCB8" w14:textId="174FE416" w:rsidR="00AF178C" w:rsidRPr="00FB68A2" w:rsidRDefault="00AF178C" w:rsidP="00BB52E5">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc215483946"/>
       <w:r w:rsidRPr="00FB68A2">
-        <w:rPr>
-[...8 lines deleted...]
-      </w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Fik</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="600616F8" w14:textId="7EA8B56F" w:rsidR="00AF178C" w:rsidRDefault="00AF178C" w:rsidP="00AF178C">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Fiket ska placeras längst bort på läktaren ovanför “sargrummet”. JIB har ett eget förråd som ligger längst bort på läktaren där materiel till fiket finns.</w:t>
       </w:r>
       <w:r w:rsidR="00526183">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Förråd låses upp av arrangerande lag.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64AC121E" w14:textId="77777777" w:rsidR="00AF178C" w:rsidRDefault="00AF178C" w:rsidP="00AF178C">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="64AC121E" w14:textId="77777777" w:rsidR="00AF178C" w:rsidRDefault="00AF178C" w:rsidP="00305509">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc215483947"/>
+      <w:r>
         <w:t>Checklista för fik:</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="383FE390" w14:textId="77AF2180" w:rsidR="00AF178C" w:rsidRDefault="00AF178C" w:rsidP="00AF178C">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Några </w:t>
       </w:r>
       <w:r w:rsidR="000A60E2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -1363,70 +2007,86 @@
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Stora kaffebryggare finns som man brygger direkt ner i stora kaffebehållare. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
         <w:t>1 kanna vatten + 1 påse kaffe till en bryggning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="445EFE7A" w14:textId="3613689E" w:rsidR="00AF178C" w:rsidRDefault="00AF178C" w:rsidP="00AF178C">
+    <w:p w14:paraId="445EFE7A" w14:textId="7878DD9D" w:rsidR="00AF178C" w:rsidRDefault="00BB52E5" w:rsidP="00AF178C">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Tips! Ta med vatten i dunkar, det inte finns någon bra vattenkran i Torvalla sporthall där tillbringaren får plats under.</w:t>
+        <w:t xml:space="preserve">Vatten till bryggare finns att hämta i förrådet på andra sidan läktaren, använd </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>smma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nyckel som till JIB-förrådet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21A14BDE" w14:textId="07EFF317" w:rsidR="000A60E2" w:rsidRDefault="000A60E2" w:rsidP="00AF178C">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Sätt på kaffe </w:t>
       </w:r>
       <w:r w:rsidRPr="00C216B5">
         <w:rPr>
@@ -1767,210 +2427,171 @@
         <w:t xml:space="preserve">. Har något tagit slut eller är lite kvar av (dricka, kaffe, muggar, kaffefilter </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009548E9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>etc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009548E9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>) så signalera gärna detta till</w:t>
       </w:r>
       <w:r w:rsidR="00C216B5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00C216B5" w:rsidRPr="001E0542">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>info@jemtlandinnebandy.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C216B5">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="555555"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F856920" w14:textId="687B05B4" w:rsidR="0085699C" w:rsidRDefault="0085699C" w:rsidP="0085699C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5296C127" w14:textId="7C7CCB2F" w:rsidR="00FB68A2" w:rsidRDefault="00FB68A2" w:rsidP="0085699C">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A8BB7FE" w14:textId="3D1E7719" w:rsidR="00FB68A2" w:rsidRDefault="00FB68A2" w:rsidP="0085699C">
-[...41 lines deleted...]
-        <w:pStyle w:val="Brdtext"/>
+    <w:p w14:paraId="68C8D2D3" w14:textId="77777777" w:rsidR="00305509" w:rsidRDefault="00305509" w:rsidP="00305509">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD3C1AD" w14:textId="77777777" w:rsidR="00305509" w:rsidRDefault="00305509" w:rsidP="00305509">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71C2F9F0" w14:textId="53240B53" w:rsidR="00D95091" w:rsidRPr="00FB68A2" w:rsidRDefault="00DE50BF" w:rsidP="00305509">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:spacing w:before="120"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc215483948"/>
       <w:r w:rsidRPr="00FB68A2">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Entré och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FB68A2">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>hallvärd</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FB68A2">
-[...9 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="77F17DFB" w14:textId="0A0C01A0" w:rsidR="00DE50BF" w:rsidRDefault="00DE50BF" w:rsidP="00D95091">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Dessa två positioner går att kombinera med 1-2 personer.</w:t>
+        <w:t xml:space="preserve">Dessa två positioner går att kombinera med </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1-2</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D266E9C" w14:textId="5CBA34CF" w:rsidR="00DE50BF" w:rsidRDefault="00DE50BF" w:rsidP="00DE50BF">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid ankomst till hall, titta över omklädningsrum och läktare så det ser rent och städat ut. (Så gott det går) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E88D6B4" w14:textId="37BAE1C3" w:rsidR="00BA1111" w:rsidRDefault="00BA1111" w:rsidP="00DE50BF">
@@ -2051,908 +2672,1856 @@
         <w:t>Entrén sätts upp ovanför trappen vid läktaren, bord och stol underlättar hanteringen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20923B15" w14:textId="0EC128D5" w:rsidR="00DE50BF" w:rsidRDefault="00DE50BF" w:rsidP="00DE50BF">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Det finns två uppgångar till läktaren, se till att den andra är låst</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE2F8D0" w14:textId="3C494643" w:rsidR="00AF74F1" w:rsidRPr="00B67C5B" w:rsidRDefault="00DE50BF" w:rsidP="00B67C5B">
+    <w:p w14:paraId="4BD7AD56" w14:textId="00D1038C" w:rsidR="00BB52E5" w:rsidRPr="00305509" w:rsidRDefault="00DE50BF" w:rsidP="00305509">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Entrén bör vara </w:t>
       </w:r>
       <w:r w:rsidR="00B67C5B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>redo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> minst 30min innan match</w:t>
-[...5 lines deleted...]
-        <w:ind w:firstLine="360"/>
+        <w:t xml:space="preserve"> minst 30</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB52E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>min innan match</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32C9B0CC" w14:textId="5BDBEAEE" w:rsidR="00BB52E5" w:rsidRPr="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00305509">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc215483949"/>
+      <w:r w:rsidRPr="00BB52E5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Att vara </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB52E5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>hallvärd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>entrevärd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB52E5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> innefattar följande:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00BB52E5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E905520" w14:textId="267231AA" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="80" w:lineRule="atLeast"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ska ha en rosa hallvärdsväst </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">märkt ”Matchvärd” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">på sig (Finns </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2st </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>JIB-förrådet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="021EB6B9" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="80" w:lineRule="atLeast"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00997620">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ska var opartisk, dvs att du inte visar att du hejar på något utav lagen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F5481B0" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="80" w:lineRule="atLeast"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00997620">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Har mandat att på ett vänligt men bestämt sätt säga till ledare och publik om dom beter sig osportsligt </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18003CC5" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="80" w:lineRule="atLeast"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008777F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rapportera till kansliet om något olämpligt inträffar, rapportera gärna positivt händelser också</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C281779" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="80" w:lineRule="atLeast"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008777F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Prata med domarna efter matchen och stäm av att allt känns bra</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091968DC" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:after="0" w:line="80" w:lineRule="atLeast"/>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ED8629D" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00305509">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc215483950"/>
+      <w:r w:rsidRPr="008777F1">
+        <w:t>Förberedelser innan match</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="3E4BFEB2" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="80" w:lineRule="atLeast"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Innan matchen behöver hallvärden hjälpa till med att iordningsställa entrén. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bord från lobbyn ska bäras upp och ställas i vänster ingång (Ett bord per uppgång)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0476CE75" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:after="0" w:line="80" w:lineRule="atLeast"/>
+        <w:ind w:left="714"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CDAFF2C" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="002B53A2" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="80" w:lineRule="atLeast"/>
+        <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B67C5B">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="560AE23B" wp14:editId="7A95CF64">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>725446</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>734750</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1487757" cy="2659537"/>
+            <wp:effectExtent l="4445" t="0" r="3175" b="3175"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1597852210" name="Bildobjekt 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1597852210" name="Bildobjekt 1597852210"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm rot="16200000">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1487757" cy="2659537"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="002B53A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hallvärden ska kontrollera ledarlicenser på ledarna för bortalaget. På seniornivå ska licensen vara </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B53A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Svart nivå</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B53A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Licensen har ledarna i sin mobiltelefon, ser ut enligt nedan. Ibland kan dock arbetet släpa efter och förbundet har inte hunnit dela ut </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B53A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cardskipper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B53A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till ledare som gått rätt utbildning. Då ska det bara noteras och rapporteras efter matchen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="587C1C51" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="002B53A2" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:after="0" w:line="80" w:lineRule="atLeast"/>
+        <w:ind w:left="5216" w:firstLine="60"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B53A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kravbilden för antalet ledare på seniornivå säsongen 2025/26:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="4232" w:type="dxa"/>
+        <w:tblInd w:w="4972" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1822"/>
+        <w:gridCol w:w="2410"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00BB52E5" w:rsidRPr="008777F1" w14:paraId="5896CFFF" w14:textId="77777777" w:rsidTr="00C37889">
+        <w:trPr>
+          <w:trHeight w:val="220"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C572765" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="008777F1" w:rsidRDefault="00BB52E5" w:rsidP="00C37889">
+            <w:pPr>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008777F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Antal ledare i båset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="268F0A9C" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="008777F1" w:rsidRDefault="00BB52E5" w:rsidP="00C37889">
+            <w:pPr>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008777F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Minst antal utbildade ledare i båset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB52E5" w:rsidRPr="008777F1" w14:paraId="2A96904C" w14:textId="77777777" w:rsidTr="00C37889">
+        <w:trPr>
+          <w:trHeight w:val="220"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CB654DC" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="008777F1" w:rsidRDefault="00BB52E5" w:rsidP="00C37889">
+            <w:pPr>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:after="0" w:line="60" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008777F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69E252FC" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="008777F1" w:rsidRDefault="00BB52E5" w:rsidP="00C37889">
+            <w:pPr>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:after="0" w:line="60" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008777F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB52E5" w:rsidRPr="008777F1" w14:paraId="0F3EA753" w14:textId="77777777" w:rsidTr="00C37889">
+        <w:trPr>
+          <w:trHeight w:val="220"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D2A8C06" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="008777F1" w:rsidRDefault="00BB52E5" w:rsidP="00C37889">
+            <w:pPr>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:after="0" w:line="60" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008777F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="144AA8E9" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="008777F1" w:rsidRDefault="00BB52E5" w:rsidP="00C37889">
+            <w:pPr>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:after="0" w:line="60" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008777F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB52E5" w:rsidRPr="008777F1" w14:paraId="2880B587" w14:textId="77777777" w:rsidTr="00C37889">
+        <w:trPr>
+          <w:trHeight w:val="220"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71A5C2DD" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="008777F1" w:rsidRDefault="00BB52E5" w:rsidP="00C37889">
+            <w:pPr>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:after="0" w:line="60" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008777F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F317C76" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="008777F1" w:rsidRDefault="00BB52E5" w:rsidP="00C37889">
+            <w:pPr>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:after="0" w:line="60" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008777F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB52E5" w:rsidRPr="008777F1" w14:paraId="34E42DD7" w14:textId="77777777" w:rsidTr="00C37889">
+        <w:trPr>
+          <w:trHeight w:val="220"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC0BCDB" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="008777F1" w:rsidRDefault="00BB52E5" w:rsidP="00C37889">
+            <w:pPr>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:after="0" w:line="60" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008777F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3919FBF8" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="008777F1" w:rsidRDefault="00BB52E5" w:rsidP="00C37889">
+            <w:pPr>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:after="0" w:line="60" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008777F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB52E5" w:rsidRPr="008777F1" w14:paraId="7524A47A" w14:textId="77777777" w:rsidTr="00C37889">
+        <w:trPr>
+          <w:trHeight w:val="215"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30BF554B" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="008777F1" w:rsidRDefault="00BB52E5" w:rsidP="00C37889">
+            <w:pPr>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:after="0" w:line="60" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008777F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3737DCF6" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="008777F1" w:rsidRDefault="00BB52E5" w:rsidP="00C37889">
+            <w:pPr>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:after="0" w:line="60" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008777F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="19C6D7BB" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:after="0" w:line="60" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="570CA1E6" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Priser:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="031243C5" w14:textId="77777777" w:rsidR="00AF74F1" w:rsidRPr="00FB68A2" w:rsidRDefault="00AF74F1" w:rsidP="00AF74F1">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AE33160" w14:textId="77777777" w:rsidR="00305509" w:rsidRDefault="00305509" w:rsidP="00BB52E5">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="609D9283" w14:textId="3DC559A3" w:rsidR="00BB52E5" w:rsidRPr="00B67C5B" w:rsidRDefault="00BB52E5" w:rsidP="00305509">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc215483951"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Entré</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B67C5B">
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="180A9F35" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="00FB68A2" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB68A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vuxna från 18år: 50kr</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2B06DCB0" w14:textId="77777777" w:rsidR="00AF74F1" w:rsidRPr="00FB68A2" w:rsidRDefault="00AF74F1" w:rsidP="00AF74F1">
+        <w:t xml:space="preserve">Vuxna från 18år: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB68A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0kr</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A8A7224" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="00FB68A2" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB68A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Barn/Ungdomar under 18år: Gratis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37CF596F" w14:textId="0A08A976" w:rsidR="00AF74F1" w:rsidRPr="00FB68A2" w:rsidRDefault="00AF74F1" w:rsidP="00AF74F1">
+    <w:p w14:paraId="5C49D0A1" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="00FB68A2" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB68A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Medlemmar: Gratis (Mot uppvisande av medlemskort i laget-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FB68A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>appen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FB68A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42F4EB69" w14:textId="5FC634B4" w:rsidR="00AF74F1" w:rsidRDefault="00AF74F1" w:rsidP="00AF74F1">
+    <w:p w14:paraId="16D58C81" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Betalning sker via </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>swish</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, poster med QR-kod och nummer finns i JIB förrådet på läktaren</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51E0D307" w14:textId="4F6511F7" w:rsidR="009F1ED4" w:rsidRPr="009F1ED4" w:rsidRDefault="009F1ED4" w:rsidP="009F1ED4">
+    <w:p w14:paraId="197BE671" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="009F1ED4" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Antalet publik ska räknas vid ankomst (både betalande och övriga). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66A100EC" w14:textId="2657588E" w:rsidR="009F1ED4" w:rsidRDefault="009F1ED4" w:rsidP="00AF74F1">
+    <w:p w14:paraId="41442BA8" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Om någon vill bli medlem, anteckna namn, mailadress och mobilnummer och rapportera till </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="004A4A9A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>info@jemtlandinnebandy.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Kostnad </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="559FFCDD" w14:textId="6E27F750" w:rsidR="00AF74F1" w:rsidRDefault="00AF74F1" w:rsidP="00AF74F1">
+        <w:t xml:space="preserve"> (Kostnad 600kr som kommer på faktura)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F508F7D" w14:textId="271027B3" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Efter två perioder (av tre), kan entrén plockas bort.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E47A529" w14:textId="7840F0F5" w:rsidR="00AF74F1" w:rsidRDefault="00AF74F1" w:rsidP="00AF74F1">
+    <w:p w14:paraId="0D6573A7" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C4EDAB3" w14:textId="3BD0AB83" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00305509">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc215483952"/>
+      <w:r w:rsidRPr="009A29D7">
+        <w:t>Att göra efter matchen</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00997620">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="782906F3" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...135 lines deleted...]
-          <w:szCs w:val="40"/>
+        <w:spacing w:line="80" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00997620">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När matchen är slut återkopplar </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00997620">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">värden, bara vid behov, med ett </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00997620">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00997620">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till Kansliet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Mailadress: vasternorrland@innebandy.se</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58FC9748" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="80" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00417F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Händelser som </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00417F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Livesändning</w:t>
-[...7 lines deleted...]
-          <w:szCs w:val="40"/>
+        <w:t>ska</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00417F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rapporteras är: Om ledare saknar rätt ledarlicens </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D447A7F" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="00417F42" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="80" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A29D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Händelser som </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00255DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> av match</w:t>
-[...228 lines deleted...]
-    <w:p w14:paraId="694BA696" w14:textId="16E821E8" w:rsidR="008C1F64" w:rsidRDefault="008C1F64" w:rsidP="008C1F64">
+        <w:t>kan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A29D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rapporteras är: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00417F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">särskilda positiva och/eller negativa händelser kring arrangemanget, ledarnas beteende och domarnas insats </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="771C5611" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="62698ADC" w14:textId="703F66C2" w:rsidR="008C1F64" w:rsidRDefault="008C1F64" w:rsidP="008C1F64">
+        <w:spacing w:line="80" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Entrébord ska bäras tillbaka till lobbyn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="151EB4CD" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="00255DE7" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...87 lines deleted...]
-        <w:t>Avblåsning och färdigspelade 1 min innan periodstart</w:t>
+        <w:spacing w:line="80" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Läktaren ska grovstädas (plocka upp skräp och burkar)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12932A47" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRPr="00B67C5B" w:rsidRDefault="00BB52E5" w:rsidP="00BB52E5">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="783C2FF5" w14:textId="3808C14A" w:rsidR="008C1F64" w:rsidRDefault="008C1F64" w:rsidP="008C1F64">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42EC1451" w14:textId="75D4387F" w:rsidR="008C1F64" w:rsidRDefault="008C1F64" w:rsidP="008C1F64">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69884E81" w14:textId="2D389A22" w:rsidR="008C1F64" w:rsidRDefault="008C1F64" w:rsidP="008C1F64">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F7DDA13" w14:textId="4A23EEEE" w:rsidR="008C1F64" w:rsidRDefault="008C1F64" w:rsidP="008C1F64">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F920D2E" w14:textId="01108D0F" w:rsidR="008C1F64" w:rsidRDefault="008C1F64" w:rsidP="008C1F64">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="487E3F49" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="008C1F64">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D012137" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="008C1F64">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49803C00" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="008C1F64">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26D468CD" w14:textId="77777777" w:rsidR="00BB52E5" w:rsidRDefault="00BB52E5" w:rsidP="008C1F64">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="730028C6" w14:textId="68293A33" w:rsidR="008C1F64" w:rsidRDefault="008C1F64" w:rsidP="008C1F64">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="013CE3DB" w14:textId="3DF1718B" w:rsidR="008C1F64" w:rsidRDefault="00E86330" w:rsidP="00305509">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc215483953"/>
+      <w:r w:rsidRPr="00E86330">
+        <w:lastRenderedPageBreak/>
+        <w:t>Livesändning</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> av match</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="3788CCE9" w14:textId="41FB8072" w:rsidR="00E86330" w:rsidRDefault="00E86330" w:rsidP="008C1F64">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Via Svenska Innebandyförbundets officiella </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>app</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> har man möjlighet att livesända matcher och föreningen har möjlighet att tjäna en slant på varje person som köper matchen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="729DA6F4" w14:textId="1629E535" w:rsidR="00E86330" w:rsidRDefault="00E86330" w:rsidP="008C1F64">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En person behövs till att livesända matchen/matcherna för att intresserade som inte har möjlighet att komma på plats ska kunna se matchen ändå. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="604ADE92" w14:textId="32229A46" w:rsidR="00E86330" w:rsidRDefault="00E86330" w:rsidP="008C1F64">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Föreningen tillhandahåller stativ och telefon/padda att filma med, så det som behövs är en person bakom kameran som filmar matchen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74855075" w14:textId="687B65CF" w:rsidR="00E86330" w:rsidRDefault="00E86330" w:rsidP="008C1F64">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I Torvalla Sporthall lämpar det sig att stå på läktaren längst bort till vänster (samma utrymme som fiket fast på motsatt sida läktaren)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60FDB294" w14:textId="31EF275B" w:rsidR="00E86330" w:rsidRDefault="00E86330" w:rsidP="008C1F64">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Stativ och kamera hämtas i sek, och instruktioner hur man startar filmning fås på plats</w:t>
+      </w:r>
+      <w:r w:rsidR="003238EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D5B8221" w14:textId="77777777" w:rsidR="00AF74F1" w:rsidRPr="00DE50BF" w:rsidRDefault="00AF74F1" w:rsidP="00AF74F1">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="497D410A" w14:textId="77777777" w:rsidR="00D95091" w:rsidRDefault="00D95091" w:rsidP="00D95091">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FB11B5D" w14:textId="77777777" w:rsidR="00D95091" w:rsidRPr="00D95091" w:rsidRDefault="00D95091" w:rsidP="000944E6">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D95091" w:rsidRPr="00D95091" w:rsidSect="0023650C">
-      <w:headerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="568" w:left="1417" w:header="708" w:footer="1077" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3944C4CC" w14:textId="77777777" w:rsidR="00995EE1" w:rsidRDefault="00995EE1" w:rsidP="00561F22">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5FB6CB0C" w14:textId="77777777" w:rsidR="00995EE1" w:rsidRDefault="00995EE1" w:rsidP="00561F22">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2976,51 +4545,51 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       </w:rPr>
       <w:id w:val="69775610"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           </w:rPr>
           <w:id w:val="1806425445"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:p w14:paraId="37D8AEE8" w14:textId="40CC8B98" w:rsidR="0023650C" w:rsidRDefault="0023650C">
             <w:pPr>
               <w:rPr>
@@ -3203,70 +4772,70 @@
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                       <w10:wrap anchorx="margin" anchory="margin"/>
                     </v:oval>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="6A6B9AD8" w14:textId="77777777" w:rsidR="0023650C" w:rsidRDefault="0023650C">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3860810C" w14:textId="77777777" w:rsidR="00995EE1" w:rsidRDefault="00995EE1" w:rsidP="00561F22">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5D3B36A3" w14:textId="77777777" w:rsidR="00995EE1" w:rsidRDefault="00995EE1" w:rsidP="00561F22">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1D2089BB" w14:textId="4035F1FC" w:rsidR="00D95091" w:rsidRDefault="00D95091">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="709116C1" wp14:editId="2128CB0D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-495935</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-114300</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="723900" cy="738188"/>
           <wp:effectExtent l="0" t="0" r="0" b="5080"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3286,51 +4855,51 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="723900" cy="738188"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="63DEDA12"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="107A4ABB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="521A4176"/>
     <w:lvl w:ilvl="0">
@@ -3457,50 +5026,163 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1804150B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FD9A87D4"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29B67644"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6F1C24EA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerlista"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="737" w:hanging="380"/>
       </w:pPr>
       <w:rPr>
@@ -3588,51 +5270,51 @@
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1928"/>
         </w:tabs>
         <w:ind w:left="2211" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2495" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2BA341D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CB88C85C"/>
     <w:lvl w:ilvl="0" w:tplc="9FDC607C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -3700,51 +5382,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="443738B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="606A245A"/>
     <w:lvl w:ilvl="0" w:tplc="041D000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3813,51 +5495,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C4D6D6E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B2A274CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3962,51 +5644,164 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6848704D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4C96A7AA"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D3F3874"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="704C8B1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="737" w:hanging="380"/>
       </w:pPr>
       <w:rPr>
@@ -4095,173 +5890,184 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2211"/>
         </w:tabs>
         <w:ind w:left="2495" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="×"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2778" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="414254007">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="816919706">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="448816690">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1474984519">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="653097675">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1295790017">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="579489994">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1632901999">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="2075931091">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D95091"/>
     <w:rsid w:val="000944E6"/>
+    <w:rsid w:val="000A1A19"/>
     <w:rsid w:val="000A60E2"/>
     <w:rsid w:val="0023650C"/>
     <w:rsid w:val="00260576"/>
     <w:rsid w:val="002642E0"/>
     <w:rsid w:val="002748FF"/>
+    <w:rsid w:val="00305509"/>
     <w:rsid w:val="003238EA"/>
     <w:rsid w:val="0047688A"/>
     <w:rsid w:val="004A7B54"/>
     <w:rsid w:val="004D68DD"/>
     <w:rsid w:val="00526183"/>
     <w:rsid w:val="00561F22"/>
     <w:rsid w:val="00664B02"/>
     <w:rsid w:val="006A677D"/>
+    <w:rsid w:val="00755A62"/>
     <w:rsid w:val="008517ED"/>
     <w:rsid w:val="00854CF7"/>
     <w:rsid w:val="0085699C"/>
     <w:rsid w:val="008C1F64"/>
     <w:rsid w:val="00951AA2"/>
     <w:rsid w:val="009548E9"/>
+    <w:rsid w:val="00964ACD"/>
     <w:rsid w:val="00995EE1"/>
     <w:rsid w:val="009F1ED4"/>
     <w:rsid w:val="00A322C5"/>
     <w:rsid w:val="00AE3ECA"/>
     <w:rsid w:val="00AF178C"/>
     <w:rsid w:val="00AF3641"/>
     <w:rsid w:val="00AF74F1"/>
     <w:rsid w:val="00B40803"/>
     <w:rsid w:val="00B67C5B"/>
     <w:rsid w:val="00BA1111"/>
+    <w:rsid w:val="00BB52E5"/>
     <w:rsid w:val="00BD47A0"/>
     <w:rsid w:val="00BE357B"/>
     <w:rsid w:val="00C216B5"/>
     <w:rsid w:val="00CF0DD4"/>
     <w:rsid w:val="00D95091"/>
     <w:rsid w:val="00DE50BF"/>
     <w:rsid w:val="00E86330"/>
     <w:rsid w:val="00ED3D02"/>
     <w:rsid w:val="00FB1CB8"/>
     <w:rsid w:val="00FB68A2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="050DBBAF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5FDFD8F2-C223-4776-8DC1-42EBC026463F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5151,101 +6957,98 @@
     <w:link w:val="FotnotstextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00561F22"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FotnotstextChar">
     <w:name w:val="Fotnotstext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Fotnotstext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00561F22"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00561F22"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Hlsningsfras">
     <w:name w:val="Hälsningsfras"/>
     <w:basedOn w:val="Brdtext"/>
     <w:next w:val="Brdtext"/>
     <w:semiHidden/>
     <w:rsid w:val="00561F22"/>
     <w:pPr>
       <w:keepLines/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
-    <w:semiHidden/>
     <w:rsid w:val="00561F22"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:right="284"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:rsid w:val="00561F22"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="284" w:right="284"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
-    <w:semiHidden/>
     <w:rsid w:val="00561F22"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="567" w:right="284"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:rsid w:val="00561F22"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="660"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
@@ -5643,81 +7446,97 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AF178C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009548E9"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Orubrik">
+    <w:name w:val="Orubrik"/>
+    <w:basedOn w:val="Brdtext"/>
+    <w:next w:val="Brdtext"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00305509"/>
+    <w:pPr>
+      <w:keepNext/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1795437959">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@jemtlandinnebandy.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@jemtlandinnebandy.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jemtlandinnebandy@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@jemtlandinnebandy.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@jemtlandinnebandy.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Arbetsförmedlingen">
   <a:themeElements>
     <a:clrScheme name="Arbetsförmedlingen">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="262626"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="00005A"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="95C23D"/>
       </a:accent2>
       <a:accent3>
@@ -5877,74 +7696,90 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47AEB76C-7629-4E99-941A-FBC437E600E3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>4864</Characters>
+  <Pages>6</Pages>
+  <Words>1202</Words>
+  <Characters>6375</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>53</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5770</CharactersWithSpaces>
+  <CharactersWithSpaces>7562</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jenny Wallin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>